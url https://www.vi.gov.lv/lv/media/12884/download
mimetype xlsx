--- v0 (2025-10-30)
+++ v1 (2026-02-08)
@@ -1,75 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="N:\Vaditajs\Darbības apturēšana\2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{739C4690-5145-4F17-82D4-543DC2417A48}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{A52D045A-6E58-4CAB-B5AA-8CF2C1DC2EB6}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15840" xr2:uid="{8B19FF42-2D4E-4819-9175-433FA5D3D190}"/>
+    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="10300" xr2:uid="{8B19FF42-2D4E-4819-9175-433FA5D3D190}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$4:$I$77</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$4:$I$81</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="410" uniqueCount="220">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="428" uniqueCount="229">
   <si>
     <t>Nr.
 p.k.</t>
   </si>
   <si>
     <t>Objekta nosaukums un adrese</t>
   </si>
   <si>
     <t>Apturētais pakalpojums</t>
   </si>
   <si>
     <t xml:space="preserve">Darbības apturēšanas datums 
 </t>
   </si>
   <si>
     <t>Pārkāpumu būtība</t>
   </si>
   <si>
     <t>Likuma norma, uz kura pamata apturēta  darbība</t>
   </si>
   <si>
     <t xml:space="preserve">Normatīvā akta norma, par kuras prasību neievērošanu veikta  darbības  apturēšana </t>
   </si>
   <si>
     <t>Likums</t>
@@ -631,124 +631,151 @@
   </si>
   <si>
     <t>SIA “Nesterova AP”, “Maskaļāni 5” Naujenes pag., Augšdaugavas nov.</t>
   </si>
   <si>
     <t>SIA “ODA pluss”, Latgales iela 357, Rīga</t>
   </si>
   <si>
     <t>30.05.2025.</t>
   </si>
   <si>
     <t>Iestāde nav reģistrēta ĀI reģistrā, ārstniecības pakalpojumu sniegšanai ir jānodrošina atbilstošas specialitātes ārstniecības personas</t>
   </si>
   <si>
     <t>35.</t>
   </si>
   <si>
     <t>36.</t>
   </si>
   <si>
     <t>SIA “ODA”, Jomas ielā 44, Jūrmalā</t>
   </si>
   <si>
     <t xml:space="preserve">26.panta pirmā daļa;
 55.panta pirmā daļa </t>
+  </si>
+  <si>
+    <t>SIA “Nostrum clinic”,  Mihoelsa iela 47, Daugavpils</t>
+  </si>
+  <si>
+    <t>17.07.2025.</t>
+  </si>
+  <si>
+    <t>Ārstniecības pakalpojuma sniegšanai ir jānodrošina atbilstošas specialitātes ārstniecības personas</t>
+  </si>
+  <si>
+    <t>26.panta trešā daļa</t>
+  </si>
+  <si>
+    <t>37.</t>
+  </si>
+  <si>
+    <t>38.</t>
+  </si>
+  <si>
+    <t>Agra Šneidere, Ludviķa iela 7, Liepāja</t>
+  </si>
+  <si>
+    <t>19.08.2025.</t>
+  </si>
+  <si>
+    <t>Sniedz ārstniecības (lāzerterapija un filleru (biomateriālu) pielietošana) pakalpojumus, nav reģistrēta Ārstniecības iestāžu reģistrā</t>
+  </si>
+  <si>
+    <t>1.panta 1. un 3.punkts; 55.panta pirmā daļa</t>
+  </si>
+  <si>
+    <t>MK 630</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5.1.nodaļas 2. punkts; 28.punkts </t>
+  </si>
+  <si>
+    <t xml:space="preserve">MK 630 - Ministru kabineta 01.10.2024. noteikumi Nr.630 “Ārstniecības personu un ārstniecības atbalsta personu reģistra noteikumi” </t>
+  </si>
+  <si>
+    <t>MK 491</t>
+  </si>
+  <si>
+    <t>MK 60</t>
+  </si>
+  <si>
+    <t>39.</t>
+  </si>
+  <si>
+    <t>Agate Sproģe, Brīvības iela 39, Liepāja</t>
+  </si>
+  <si>
+    <t>18.08.2025.</t>
+  </si>
+  <si>
+    <t>Ārstniecības pakalpojumu sniegšana iestādē, kura nav reģistrēta Ārstniecības iestāžu reģistrā. Biorezonances diagnostikas pakalpojuma sniegšana bez atbilstošas izglītības</t>
+  </si>
+  <si>
+    <t xml:space="preserve">26.panta 4.daļa; 55.panta 1.un 2.daļa </t>
+  </si>
+  <si>
+    <t>15.09.2025.</t>
+  </si>
+  <si>
+    <t>Šķirus Baiba- fizioterapeita prakse, Ģertrūdes iela 26, Ventspils</t>
+  </si>
+  <si>
+    <t>Fizioterapijas pakalpojums</t>
+  </si>
+  <si>
+    <t>Ārstniecības - fizioterapijas pakalpojumu sniegšana iestādē, kura nav reģistrēta Ārstniecības iestāžu reģistrā</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve"> Informācija par ārstniecības iestāžu darbības/pakalpojumu apturēšanu </t>
     </r>
     <r>
       <rPr>
         <sz val="10"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
         <charset val="186"/>
       </rPr>
-      <t xml:space="preserve">(informācija aktualizēta 25.08.2025.)  </t>
+      <t xml:space="preserve">(informācija aktualizēta 08.11.2025.)  </t>
     </r>
   </si>
   <si>
-    <t>SIA “Nostrum clinic”,  Mihoelsa iela 47, Daugavpils</t>
-[...56 lines deleted...]
-    <t xml:space="preserve">26.panta 4.daļa; 55.panta 1.un 2.daļa </t>
+    <t>Robijs Liepkalns, Ozolu iela 15, Ādaži</t>
+  </si>
+  <si>
+    <t>fizioterapeita konsultācijas un pakalpojumi, izmantojot aktīvo medicīnisko ierīci</t>
+  </si>
+  <si>
+    <t>09.11.2025.</t>
+  </si>
+  <si>
+    <t>MK Nr.491</t>
+  </si>
+  <si>
+    <t>MK  Nr.60</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="186"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="186"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Calibri"/>
       <family val="2"/>
@@ -893,132 +920,132 @@
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="3" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="1" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left" vertical="top" wrapText="1"/>
-[...13 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="4" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="top" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="3" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="14" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="3" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="14" fontId="4" fillId="3" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
@@ -1305,1920 +1332,2012 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{A031E60D-B74E-4894-892B-C3A59C6901A9}">
-  <dimension ref="A1:I79"/>
+  <dimension ref="A1:I83"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
       <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="K71" sqref="K71"/>
+      <selection pane="bottomLeft" activeCell="I71" sqref="I71"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.25"/>
+  <sheetFormatPr defaultColWidth="9.1796875" defaultRowHeight="13" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="5.5703125" style="8" customWidth="1"/>
-[...8 lines deleted...]
-    <col min="10" max="16384" width="9.140625" style="8"/>
+    <col min="1" max="1" width="5.54296875" style="8" customWidth="1"/>
+    <col min="2" max="2" width="17.7265625" style="8" customWidth="1"/>
+    <col min="3" max="3" width="15.1796875" style="8" customWidth="1"/>
+    <col min="4" max="4" width="12.1796875" style="8" customWidth="1"/>
+    <col min="5" max="5" width="23.81640625" style="8" customWidth="1"/>
+    <col min="6" max="6" width="10.81640625" style="8" customWidth="1"/>
+    <col min="7" max="7" width="12.81640625" style="8" customWidth="1"/>
+    <col min="8" max="8" width="11.81640625" style="8" customWidth="1"/>
+    <col min="9" max="9" width="12.453125" style="8" customWidth="1"/>
+    <col min="10" max="16384" width="9.1796875" style="8"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" s="4" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.25">
-[...24 lines deleted...]
-      <c r="A3" s="34" t="s">
+    <row r="1" spans="1:9" s="4" customFormat="1" ht="17.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A1" s="29" t="s">
+        <v>223</v>
+      </c>
+      <c r="B1" s="29"/>
+      <c r="C1" s="29"/>
+      <c r="D1" s="29"/>
+      <c r="E1" s="29"/>
+      <c r="F1" s="29"/>
+      <c r="G1" s="29"/>
+      <c r="H1" s="29"/>
+      <c r="I1" s="29"/>
+    </row>
+    <row r="2" spans="1:9" s="4" customFormat="1" ht="3" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A2" s="30"/>
+      <c r="B2" s="30"/>
+      <c r="C2" s="30"/>
+      <c r="D2" s="30"/>
+      <c r="E2" s="30"/>
+      <c r="F2" s="30"/>
+      <c r="G2" s="30"/>
+      <c r="H2" s="30"/>
+      <c r="I2" s="30"/>
+    </row>
+    <row r="3" spans="1:9" s="4" customFormat="1" ht="36.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A3" s="31" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="34" t="s">
+      <c r="B3" s="31" t="s">
         <v>1</v>
       </c>
-      <c r="C3" s="36" t="s">
+      <c r="C3" s="33" t="s">
         <v>2</v>
       </c>
-      <c r="D3" s="35" t="s">
+      <c r="D3" s="32" t="s">
         <v>3</v>
       </c>
-      <c r="E3" s="35" t="s">
+      <c r="E3" s="32" t="s">
         <v>4</v>
       </c>
-      <c r="F3" s="34" t="s">
+      <c r="F3" s="31" t="s">
         <v>5</v>
       </c>
-      <c r="G3" s="34"/>
-      <c r="H3" s="34" t="s">
+      <c r="G3" s="31"/>
+      <c r="H3" s="31" t="s">
         <v>6</v>
       </c>
-      <c r="I3" s="34"/>
-[...6 lines deleted...]
-      <c r="E4" s="38"/>
+      <c r="I3" s="31"/>
+    </row>
+    <row r="4" spans="1:9" s="4" customFormat="1" ht="49.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="32"/>
+      <c r="B4" s="32"/>
+      <c r="C4" s="34"/>
+      <c r="D4" s="35"/>
+      <c r="E4" s="35"/>
       <c r="F4" s="6" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="6" t="s">
         <v>8</v>
       </c>
       <c r="H4" s="6" t="s">
         <v>9</v>
       </c>
       <c r="I4" s="6" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="5" spans="1:9" ht="51" x14ac:dyDescent="0.25">
+    <row r="5" spans="1:9" ht="52" x14ac:dyDescent="0.35">
       <c r="A5" s="5" t="s">
         <v>27</v>
       </c>
       <c r="B5" s="1" t="s">
         <v>12</v>
       </c>
       <c r="C5" s="1" t="s">
         <v>60</v>
       </c>
       <c r="D5" s="1" t="s">
         <v>15</v>
       </c>
       <c r="E5" s="1" t="s">
         <v>18</v>
       </c>
       <c r="F5" s="1" t="s">
         <v>20</v>
       </c>
       <c r="G5" s="1" t="s">
         <v>34</v>
       </c>
       <c r="H5" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I5" s="1" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="6" spans="1:9" ht="38.25" x14ac:dyDescent="0.25">
+    <row r="6" spans="1:9" ht="39" x14ac:dyDescent="0.35">
       <c r="A6" s="5" t="s">
         <v>28</v>
       </c>
       <c r="B6" s="1" t="s">
         <v>11</v>
       </c>
       <c r="C6" s="1" t="s">
         <v>24</v>
       </c>
       <c r="D6" s="1" t="s">
         <v>14</v>
       </c>
       <c r="E6" s="1" t="s">
         <v>17</v>
       </c>
       <c r="F6" s="1" t="s">
         <v>20</v>
       </c>
       <c r="G6" s="1" t="s">
         <v>34</v>
       </c>
       <c r="H6" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I6" s="1" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="7" spans="1:9" ht="51" x14ac:dyDescent="0.25">
+    <row r="7" spans="1:9" ht="52" x14ac:dyDescent="0.35">
       <c r="A7" s="5" t="s">
         <v>29</v>
       </c>
       <c r="B7" s="1" t="s">
         <v>13</v>
       </c>
       <c r="C7" s="1" t="s">
         <v>60</v>
       </c>
       <c r="D7" s="1" t="s">
         <v>16</v>
       </c>
       <c r="E7" s="1" t="s">
         <v>59</v>
       </c>
       <c r="F7" s="1" t="s">
         <v>20</v>
       </c>
       <c r="G7" s="1" t="s">
         <v>34</v>
       </c>
       <c r="H7" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I7" s="1" t="s">
         <v>57</v>
       </c>
     </row>
-    <row r="8" spans="1:9" ht="54" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="18" t="s">
+    <row r="8" spans="1:9" ht="54" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="20" t="s">
         <v>30</v>
       </c>
-      <c r="B8" s="41" t="s">
+      <c r="B8" s="36" t="s">
         <v>58</v>
       </c>
-      <c r="C8" s="41" t="s">
+      <c r="C8" s="36" t="s">
         <v>24</v>
       </c>
-      <c r="D8" s="41" t="s">
+      <c r="D8" s="36" t="s">
         <v>45</v>
       </c>
-      <c r="E8" s="41" t="s">
+      <c r="E8" s="36" t="s">
         <v>44</v>
       </c>
-      <c r="F8" s="18" t="s">
-[...2 lines deleted...]
-      <c r="G8" s="18" t="s">
+      <c r="F8" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G8" s="20" t="s">
         <v>34</v>
       </c>
       <c r="H8" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I8" s="7" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="9" spans="1:9" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G9" s="28"/>
+    <row r="9" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A9" s="21"/>
+      <c r="B9" s="37"/>
+      <c r="C9" s="37"/>
+      <c r="D9" s="37"/>
+      <c r="E9" s="37"/>
+      <c r="F9" s="21"/>
+      <c r="G9" s="21"/>
       <c r="H9" s="2" t="s">
         <v>52</v>
       </c>
       <c r="I9" s="7" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="10" spans="1:9" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G10" s="19"/>
+    <row r="10" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A10" s="22"/>
+      <c r="B10" s="38"/>
+      <c r="C10" s="38"/>
+      <c r="D10" s="38"/>
+      <c r="E10" s="38"/>
+      <c r="F10" s="22"/>
+      <c r="G10" s="22"/>
       <c r="H10" s="5" t="s">
         <v>53</v>
       </c>
       <c r="I10" s="7"/>
     </row>
-    <row r="11" spans="1:9" ht="51" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="18" t="s">
+    <row r="11" spans="1:9" ht="51" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="20" t="s">
         <v>31</v>
       </c>
-      <c r="B11" s="41" t="s">
+      <c r="B11" s="36" t="s">
         <v>37</v>
       </c>
-      <c r="C11" s="41" t="s">
+      <c r="C11" s="36" t="s">
         <v>24</v>
       </c>
-      <c r="D11" s="41" t="s">
+      <c r="D11" s="36" t="s">
         <v>38</v>
       </c>
-      <c r="E11" s="41" t="s">
+      <c r="E11" s="36" t="s">
         <v>41</v>
       </c>
-      <c r="F11" s="18" t="s">
-[...2 lines deleted...]
-      <c r="G11" s="18" t="s">
+      <c r="F11" s="20" t="s">
+        <v>20</v>
+      </c>
+      <c r="G11" s="20" t="s">
         <v>34</v>
       </c>
       <c r="H11" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I11" s="7" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="12" spans="1:9" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G12" s="28"/>
+    <row r="12" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A12" s="21"/>
+      <c r="B12" s="37"/>
+      <c r="C12" s="37"/>
+      <c r="D12" s="37"/>
+      <c r="E12" s="37"/>
+      <c r="F12" s="21"/>
+      <c r="G12" s="21"/>
       <c r="H12" s="2" t="s">
         <v>52</v>
       </c>
       <c r="I12" s="7" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="13" spans="1:9" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G13" s="19"/>
+    <row r="13" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A13" s="22"/>
+      <c r="B13" s="38"/>
+      <c r="C13" s="38"/>
+      <c r="D13" s="38"/>
+      <c r="E13" s="38"/>
+      <c r="F13" s="22"/>
+      <c r="G13" s="22"/>
       <c r="H13" s="5" t="s">
         <v>53</v>
       </c>
       <c r="I13" s="7"/>
     </row>
-    <row r="14" spans="1:9" ht="51" x14ac:dyDescent="0.25">
-      <c r="A14" s="45" t="s">
+    <row r="14" spans="1:9" ht="52" x14ac:dyDescent="0.35">
+      <c r="A14" s="40" t="s">
         <v>32</v>
       </c>
-      <c r="B14" s="20" t="s">
+      <c r="B14" s="18" t="s">
         <v>22</v>
       </c>
-      <c r="C14" s="20" t="s">
+      <c r="C14" s="18" t="s">
         <v>60</v>
       </c>
-      <c r="D14" s="22" t="s">
+      <c r="D14" s="24" t="s">
         <v>23</v>
       </c>
-      <c r="E14" s="20" t="s">
+      <c r="E14" s="18" t="s">
         <v>18</v>
       </c>
-      <c r="F14" s="20" t="s">
-[...2 lines deleted...]
-      <c r="G14" s="20" t="s">
+      <c r="F14" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G14" s="18" t="s">
         <v>34</v>
       </c>
       <c r="H14" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I14" s="1" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="15" spans="1:9" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G15" s="21"/>
+    <row r="15" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A15" s="40"/>
+      <c r="B15" s="19"/>
+      <c r="C15" s="19"/>
+      <c r="D15" s="25"/>
+      <c r="E15" s="19"/>
+      <c r="F15" s="19"/>
+      <c r="G15" s="19"/>
       <c r="H15" s="2" t="s">
         <v>52</v>
       </c>
       <c r="I15" s="2" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="16" spans="1:9" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="18" t="s">
+    <row r="16" spans="1:9" ht="51.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="20" t="s">
         <v>33</v>
       </c>
-      <c r="B16" s="20" t="s">
+      <c r="B16" s="18" t="s">
         <v>39</v>
       </c>
-      <c r="C16" s="20" t="s">
+      <c r="C16" s="18" t="s">
         <v>24</v>
       </c>
-      <c r="D16" s="20" t="s">
+      <c r="D16" s="18" t="s">
         <v>40</v>
       </c>
-      <c r="E16" s="20" t="s">
+      <c r="E16" s="18" t="s">
         <v>56</v>
       </c>
-      <c r="F16" s="20" t="s">
-[...2 lines deleted...]
-      <c r="G16" s="20" t="s">
+      <c r="F16" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G16" s="18" t="s">
         <v>34</v>
       </c>
       <c r="H16" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I16" s="1" t="s">
         <v>19</v>
       </c>
     </row>
-    <row r="17" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G17" s="24"/>
+    <row r="17" spans="1:9" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A17" s="21"/>
+      <c r="B17" s="23"/>
+      <c r="C17" s="23"/>
+      <c r="D17" s="23"/>
+      <c r="E17" s="23"/>
+      <c r="F17" s="23"/>
+      <c r="G17" s="23"/>
       <c r="H17" s="5" t="s">
         <v>54</v>
       </c>
       <c r="I17" s="9" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="18" spans="1:9" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G18" s="21"/>
+    <row r="18" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A18" s="22"/>
+      <c r="B18" s="19"/>
+      <c r="C18" s="19"/>
+      <c r="D18" s="19"/>
+      <c r="E18" s="19"/>
+      <c r="F18" s="19"/>
+      <c r="G18" s="19"/>
       <c r="H18" s="5" t="s">
         <v>53</v>
       </c>
       <c r="I18" s="5"/>
     </row>
-    <row r="19" spans="1:9" ht="50.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="18" t="s">
+    <row r="19" spans="1:9" ht="50.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="20" t="s">
         <v>61</v>
       </c>
-      <c r="B19" s="18" t="s">
+      <c r="B19" s="20" t="s">
         <v>42</v>
       </c>
-      <c r="C19" s="20" t="s">
+      <c r="C19" s="18" t="s">
         <v>25</v>
       </c>
-      <c r="D19" s="25" t="s">
+      <c r="D19" s="41" t="s">
         <v>21</v>
       </c>
-      <c r="E19" s="18" t="s">
+      <c r="E19" s="20" t="s">
         <v>43</v>
       </c>
-      <c r="F19" s="20" t="s">
-[...2 lines deleted...]
-      <c r="G19" s="20" t="s">
+      <c r="F19" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G19" s="18" t="s">
         <v>34</v>
       </c>
       <c r="H19" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I19" s="7" t="s">
         <v>36</v>
       </c>
     </row>
-    <row r="20" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G20" s="24"/>
+    <row r="20" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="21"/>
+      <c r="B20" s="21"/>
+      <c r="C20" s="23"/>
+      <c r="D20" s="45"/>
+      <c r="E20" s="21"/>
+      <c r="F20" s="23"/>
+      <c r="G20" s="23"/>
       <c r="H20" s="5" t="s">
         <v>54</v>
       </c>
       <c r="I20" s="9" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="21" spans="1:9" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G21" s="21"/>
+    <row r="21" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A21" s="22"/>
+      <c r="B21" s="22"/>
+      <c r="C21" s="19"/>
+      <c r="D21" s="42"/>
+      <c r="E21" s="22"/>
+      <c r="F21" s="19"/>
+      <c r="G21" s="19"/>
       <c r="H21" s="5" t="s">
         <v>47</v>
       </c>
       <c r="I21" s="5"/>
     </row>
-    <row r="22" spans="1:9" ht="73.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="18" t="s">
+    <row r="22" spans="1:9" ht="73.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A22" s="20" t="s">
         <v>35</v>
       </c>
-      <c r="B22" s="20" t="s">
+      <c r="B22" s="18" t="s">
         <v>79</v>
       </c>
-      <c r="C22" s="18" t="s">
+      <c r="C22" s="20" t="s">
         <v>24</v>
       </c>
-      <c r="D22" s="20" t="s">
+      <c r="D22" s="18" t="s">
         <v>80</v>
       </c>
-      <c r="E22" s="18" t="s">
+      <c r="E22" s="20" t="s">
         <v>94</v>
       </c>
-      <c r="F22" s="20" t="s">
-[...2 lines deleted...]
-      <c r="G22" s="20" t="s">
+      <c r="F22" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G22" s="18" t="s">
         <v>65</v>
       </c>
       <c r="H22" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I22" s="1" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="23" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G23" s="21"/>
+    <row r="23" spans="1:9" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A23" s="22"/>
+      <c r="B23" s="19"/>
+      <c r="C23" s="22"/>
+      <c r="D23" s="19"/>
+      <c r="E23" s="22"/>
+      <c r="F23" s="19"/>
+      <c r="G23" s="19"/>
       <c r="H23" s="1" t="s">
         <v>47</v>
       </c>
       <c r="I23" s="1"/>
     </row>
-    <row r="24" spans="1:9" ht="141" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="24" spans="1:9" ht="141" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="11" t="s">
         <v>75</v>
       </c>
       <c r="B24" s="13" t="s">
         <v>97</v>
       </c>
       <c r="C24" s="11" t="s">
         <v>24</v>
       </c>
       <c r="D24" s="13" t="s">
         <v>98</v>
       </c>
       <c r="E24" s="11" t="s">
         <v>132</v>
       </c>
       <c r="F24" s="13" t="s">
         <v>20</v>
       </c>
       <c r="G24" s="13" t="s">
         <v>65</v>
       </c>
       <c r="H24" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I24" s="2" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="25" spans="1:9" ht="51" x14ac:dyDescent="0.25">
-      <c r="A25" s="18" t="s">
+    <row r="25" spans="1:9" ht="52" x14ac:dyDescent="0.35">
+      <c r="A25" s="20" t="s">
         <v>76</v>
       </c>
-      <c r="B25" s="18" t="s">
+      <c r="B25" s="20" t="s">
         <v>133</v>
       </c>
-      <c r="C25" s="20" t="s">
+      <c r="C25" s="18" t="s">
         <v>92</v>
       </c>
-      <c r="D25" s="25" t="s">
+      <c r="D25" s="41" t="s">
         <v>93</v>
       </c>
-      <c r="E25" s="18" t="s">
+      <c r="E25" s="20" t="s">
         <v>95</v>
       </c>
-      <c r="F25" s="20" t="s">
-[...2 lines deleted...]
-      <c r="G25" s="20" t="s">
+      <c r="F25" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G25" s="18" t="s">
         <v>65</v>
       </c>
       <c r="H25" s="5" t="s">
         <v>20</v>
       </c>
       <c r="I25" s="12" t="s">
         <v>96</v>
       </c>
     </row>
-    <row r="26" spans="1:9" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G26" s="21"/>
+    <row r="26" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A26" s="22"/>
+      <c r="B26" s="22"/>
+      <c r="C26" s="19"/>
+      <c r="D26" s="42"/>
+      <c r="E26" s="22"/>
+      <c r="F26" s="19"/>
+      <c r="G26" s="19"/>
       <c r="H26" s="5" t="s">
         <v>47</v>
       </c>
       <c r="I26" s="12"/>
     </row>
-    <row r="27" spans="1:9" ht="143.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="39" t="s">
+    <row r="27" spans="1:9" ht="143.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="43" t="s">
         <v>77</v>
       </c>
-      <c r="B27" s="39" t="s">
+      <c r="B27" s="43" t="s">
         <v>111</v>
       </c>
-      <c r="C27" s="20" t="s">
+      <c r="C27" s="18" t="s">
         <v>112</v>
       </c>
       <c r="D27" s="46" t="s">
         <v>113</v>
       </c>
-      <c r="E27" s="39" t="s">
+      <c r="E27" s="43" t="s">
         <v>134</v>
       </c>
-      <c r="F27" s="20" t="s">
-[...2 lines deleted...]
-      <c r="G27" s="20" t="s">
+      <c r="F27" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G27" s="18" t="s">
         <v>34</v>
       </c>
       <c r="H27" s="9" t="s">
         <v>114</v>
       </c>
       <c r="I27" s="15" t="s">
         <v>115</v>
       </c>
     </row>
-    <row r="28" spans="1:9" ht="25.5" x14ac:dyDescent="0.25">
-[...2 lines deleted...]
-      <c r="C28" s="21"/>
+    <row r="28" spans="1:9" ht="26" x14ac:dyDescent="0.35">
+      <c r="A28" s="44"/>
+      <c r="B28" s="44"/>
+      <c r="C28" s="19"/>
       <c r="D28" s="47"/>
-      <c r="E28" s="40"/>
-[...1 lines deleted...]
-      <c r="G28" s="21"/>
+      <c r="E28" s="44"/>
+      <c r="F28" s="19"/>
+      <c r="G28" s="19"/>
       <c r="H28" s="9" t="s">
         <v>83</v>
       </c>
       <c r="I28" s="15" t="s">
         <v>116</v>
       </c>
     </row>
-    <row r="29" spans="1:9" ht="63.75" x14ac:dyDescent="0.25">
+    <row r="29" spans="1:9" ht="65" x14ac:dyDescent="0.35">
       <c r="A29" s="5" t="s">
         <v>78</v>
       </c>
       <c r="B29" s="2" t="s">
         <v>121</v>
       </c>
       <c r="C29" s="2" t="s">
         <v>64</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>62</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>69</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>20</v>
       </c>
       <c r="G29" s="2" t="s">
         <v>65</v>
       </c>
       <c r="H29" s="8" t="s">
         <v>20</v>
       </c>
       <c r="I29" s="2" t="s">
         <v>63</v>
       </c>
     </row>
-    <row r="30" spans="1:9" ht="51" x14ac:dyDescent="0.25">
+    <row r="30" spans="1:9" ht="52" x14ac:dyDescent="0.35">
       <c r="A30" s="5" t="s">
         <v>123</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>122</v>
       </c>
       <c r="C30" s="5" t="s">
         <v>25</v>
       </c>
       <c r="D30" s="2" t="s">
         <v>66</v>
       </c>
       <c r="E30" s="5" t="s">
         <v>68</v>
       </c>
       <c r="F30" s="1" t="s">
         <v>20</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>65</v>
       </c>
       <c r="H30" s="1" t="s">
         <v>70</v>
       </c>
       <c r="I30" s="2" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="31" spans="1:9" ht="76.5" x14ac:dyDescent="0.25">
+    <row r="31" spans="1:9" ht="78" x14ac:dyDescent="0.35">
       <c r="A31" s="10" t="s">
         <v>124</v>
       </c>
       <c r="B31" s="13" t="s">
         <v>84</v>
       </c>
       <c r="C31" s="5" t="s">
         <v>86</v>
       </c>
       <c r="D31" s="13" t="s">
         <v>85</v>
       </c>
       <c r="E31" s="5" t="s">
         <v>135</v>
       </c>
       <c r="F31" s="1" t="s">
         <v>20</v>
       </c>
       <c r="G31" s="2" t="s">
         <v>65</v>
       </c>
       <c r="H31" s="1" t="s">
         <v>70</v>
       </c>
       <c r="I31" s="2" t="s">
         <v>87</v>
       </c>
     </row>
-    <row r="32" spans="1:9" ht="78.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="18" t="s">
+    <row r="32" spans="1:9" ht="78.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A32" s="20" t="s">
         <v>125</v>
       </c>
-      <c r="B32" s="20" t="s">
+      <c r="B32" s="18" t="s">
         <v>88</v>
       </c>
-      <c r="C32" s="18" t="s">
+      <c r="C32" s="20" t="s">
         <v>89</v>
       </c>
-      <c r="D32" s="20" t="s">
+      <c r="D32" s="18" t="s">
         <v>90</v>
       </c>
-      <c r="E32" s="18" t="s">
+      <c r="E32" s="20" t="s">
         <v>136</v>
       </c>
-      <c r="F32" s="20" t="s">
-[...2 lines deleted...]
-      <c r="G32" s="20" t="s">
+      <c r="F32" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G32" s="18" t="s">
         <v>65</v>
       </c>
       <c r="H32" s="1" t="s">
         <v>70</v>
       </c>
       <c r="I32" s="2" t="s">
         <v>87</v>
       </c>
     </row>
-    <row r="33" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G33" s="21"/>
+    <row r="33" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A33" s="22"/>
+      <c r="B33" s="19"/>
+      <c r="C33" s="22"/>
+      <c r="D33" s="19"/>
+      <c r="E33" s="22"/>
+      <c r="F33" s="19"/>
+      <c r="G33" s="19"/>
       <c r="H33" s="1" t="s">
         <v>83</v>
       </c>
       <c r="I33" s="2" t="s">
         <v>91</v>
       </c>
     </row>
-    <row r="34" spans="1:9" ht="28.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A34" s="18" t="s">
+    <row r="34" spans="1:9" ht="28.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A34" s="20" t="s">
         <v>126</v>
       </c>
-      <c r="B34" s="20" t="s">
+      <c r="B34" s="18" t="s">
         <v>104</v>
       </c>
-      <c r="C34" s="18" t="s">
+      <c r="C34" s="20" t="s">
         <v>131</v>
       </c>
-      <c r="D34" s="20" t="s">
+      <c r="D34" s="18" t="s">
         <v>105</v>
       </c>
-      <c r="E34" s="18" t="s">
+      <c r="E34" s="20" t="s">
         <v>103</v>
       </c>
-      <c r="F34" s="20" t="s">
-[...2 lines deleted...]
-      <c r="G34" s="20" t="s">
+      <c r="F34" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G34" s="18" t="s">
         <v>34</v>
       </c>
       <c r="H34" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I34" s="2" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="35" spans="1:9" ht="24.75" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G35" s="21"/>
+    <row r="35" spans="1:9" ht="24.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A35" s="22"/>
+      <c r="B35" s="19"/>
+      <c r="C35" s="22"/>
+      <c r="D35" s="19"/>
+      <c r="E35" s="22"/>
+      <c r="F35" s="19"/>
+      <c r="G35" s="19"/>
       <c r="H35" s="1" t="s">
         <v>106</v>
       </c>
       <c r="I35" s="2" t="s">
         <v>107</v>
       </c>
     </row>
-    <row r="36" spans="1:9" ht="58.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A36" s="18" t="s">
+    <row r="36" spans="1:9" ht="58.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A36" s="20" t="s">
         <v>127</v>
       </c>
-      <c r="B36" s="20" t="s">
+      <c r="B36" s="18" t="s">
         <v>108</v>
       </c>
-      <c r="C36" s="18" t="s">
+      <c r="C36" s="20" t="s">
         <v>24</v>
       </c>
-      <c r="D36" s="20" t="s">
+      <c r="D36" s="18" t="s">
         <v>109</v>
       </c>
-      <c r="E36" s="20" t="s">
+      <c r="E36" s="18" t="s">
         <v>110</v>
       </c>
-      <c r="F36" s="20" t="s">
-[...2 lines deleted...]
-      <c r="G36" s="20" t="s">
+      <c r="F36" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G36" s="18" t="s">
         <v>34</v>
       </c>
       <c r="H36" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I36" s="2" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="37" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G37" s="21"/>
+    <row r="37" spans="1:9" ht="18" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A37" s="22"/>
+      <c r="B37" s="19"/>
+      <c r="C37" s="22"/>
+      <c r="D37" s="19"/>
+      <c r="E37" s="19"/>
+      <c r="F37" s="19"/>
+      <c r="G37" s="19"/>
       <c r="H37" s="1" t="s">
         <v>47</v>
       </c>
       <c r="I37" s="2"/>
     </row>
-    <row r="38" spans="1:9" ht="49.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A38" s="18" t="s">
+    <row r="38" spans="1:9" ht="49.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A38" s="20" t="s">
         <v>128</v>
       </c>
-      <c r="B38" s="20" t="s">
+      <c r="B38" s="18" t="s">
         <v>100</v>
       </c>
-      <c r="C38" s="18" t="s">
+      <c r="C38" s="20" t="s">
         <v>101</v>
       </c>
-      <c r="D38" s="20" t="s">
+      <c r="D38" s="18" t="s">
         <v>102</v>
       </c>
-      <c r="E38" s="18" t="s">
+      <c r="E38" s="20" t="s">
         <v>103</v>
       </c>
-      <c r="F38" s="20" t="s">
-[...2 lines deleted...]
-      <c r="G38" s="20" t="s">
+      <c r="F38" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G38" s="18" t="s">
         <v>34</v>
       </c>
       <c r="H38" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I38" s="2" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="39" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G39" s="21"/>
+    <row r="39" spans="1:9" ht="14.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A39" s="22"/>
+      <c r="B39" s="19"/>
+      <c r="C39" s="22"/>
+      <c r="D39" s="19"/>
+      <c r="E39" s="22"/>
+      <c r="F39" s="19"/>
+      <c r="G39" s="19"/>
       <c r="H39" s="1" t="s">
         <v>47</v>
       </c>
       <c r="I39" s="2"/>
     </row>
-    <row r="40" spans="1:9" ht="91.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A40" s="18" t="s">
+    <row r="40" spans="1:9" ht="91.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A40" s="20" t="s">
         <v>129</v>
       </c>
-      <c r="B40" s="20" t="s">
+      <c r="B40" s="18" t="s">
         <v>71</v>
       </c>
-      <c r="C40" s="18" t="s">
+      <c r="C40" s="20" t="s">
         <v>72</v>
       </c>
-      <c r="D40" s="20" t="s">
+      <c r="D40" s="18" t="s">
         <v>73</v>
       </c>
-      <c r="E40" s="18" t="s">
+      <c r="E40" s="20" t="s">
         <v>74</v>
       </c>
-      <c r="F40" s="20" t="s">
-[...2 lines deleted...]
-      <c r="G40" s="20" t="s">
+      <c r="F40" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G40" s="18" t="s">
         <v>65</v>
       </c>
       <c r="H40" s="1" t="s">
         <v>70</v>
       </c>
       <c r="I40" s="1" t="s">
         <v>67</v>
       </c>
     </row>
-    <row r="41" spans="1:9" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G41" s="21"/>
+    <row r="41" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A41" s="22"/>
+      <c r="B41" s="19"/>
+      <c r="C41" s="22"/>
+      <c r="D41" s="19"/>
+      <c r="E41" s="22"/>
+      <c r="F41" s="19"/>
+      <c r="G41" s="19"/>
       <c r="H41" s="1" t="s">
         <v>83</v>
       </c>
       <c r="I41" s="1" t="s">
         <v>82</v>
       </c>
     </row>
-    <row r="42" spans="1:9" ht="51" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="42" spans="1:9" ht="51" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A42" s="3" t="s">
         <v>130</v>
       </c>
       <c r="B42" s="14" t="s">
         <v>118</v>
       </c>
       <c r="C42" s="3" t="s">
         <v>24</v>
       </c>
       <c r="D42" s="14" t="s">
         <v>119</v>
       </c>
       <c r="E42" s="3" t="s">
         <v>137</v>
       </c>
       <c r="F42" s="14" t="s">
         <v>20</v>
       </c>
       <c r="G42" s="14" t="s">
         <v>34</v>
       </c>
       <c r="H42" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I42" s="1" t="s">
         <v>120</v>
       </c>
     </row>
-    <row r="43" spans="1:9" ht="99" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A43" s="18" t="s">
+    <row r="43" spans="1:9" ht="99" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A43" s="20" t="s">
         <v>138</v>
       </c>
-      <c r="B43" s="20" t="s">
+      <c r="B43" s="18" t="s">
         <v>140</v>
       </c>
-      <c r="C43" s="18" t="s">
+      <c r="C43" s="20" t="s">
         <v>24</v>
       </c>
-      <c r="D43" s="20" t="s">
+      <c r="D43" s="18" t="s">
         <v>141</v>
       </c>
-      <c r="E43" s="18" t="s">
+      <c r="E43" s="20" t="s">
         <v>175</v>
       </c>
-      <c r="F43" s="20" t="s">
-[...2 lines deleted...]
-      <c r="G43" s="20" t="s">
+      <c r="F43" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G43" s="18" t="s">
         <v>34</v>
       </c>
       <c r="H43" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I43" s="2" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="44" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G44" s="21"/>
+    <row r="44" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A44" s="22"/>
+      <c r="B44" s="19"/>
+      <c r="C44" s="22"/>
+      <c r="D44" s="19"/>
+      <c r="E44" s="22"/>
+      <c r="F44" s="19"/>
+      <c r="G44" s="19"/>
       <c r="H44" s="1" t="s">
         <v>47</v>
       </c>
       <c r="I44" s="1"/>
     </row>
-    <row r="45" spans="1:9" ht="124.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A45" s="18" t="s">
+    <row r="45" spans="1:9" ht="124.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A45" s="20" t="s">
         <v>139</v>
       </c>
-      <c r="B45" s="20" t="s">
+      <c r="B45" s="18" t="s">
         <v>144</v>
       </c>
-      <c r="C45" s="18" t="s">
+      <c r="C45" s="20" t="s">
         <v>143</v>
       </c>
-      <c r="D45" s="22" t="s">
+      <c r="D45" s="24" t="s">
         <v>148</v>
       </c>
-      <c r="E45" s="18" t="s">
+      <c r="E45" s="20" t="s">
         <v>149</v>
       </c>
-      <c r="F45" s="20" t="s">
-[...2 lines deleted...]
-      <c r="G45" s="20" t="s">
+      <c r="F45" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G45" s="18" t="s">
         <v>34</v>
       </c>
       <c r="H45" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I45" s="1" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="46" spans="1:9" ht="21" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G46" s="21"/>
+    <row r="46" spans="1:9" ht="21" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A46" s="22"/>
+      <c r="B46" s="19"/>
+      <c r="C46" s="22"/>
+      <c r="D46" s="25"/>
+      <c r="E46" s="22"/>
+      <c r="F46" s="19"/>
+      <c r="G46" s="19"/>
       <c r="H46" s="1" t="s">
         <v>47</v>
       </c>
       <c r="I46" s="1"/>
     </row>
-    <row r="47" spans="1:9" ht="56.25" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="47" spans="1:9" ht="56.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A47" s="5" t="s">
         <v>142</v>
       </c>
       <c r="B47" s="1" t="s">
         <v>145</v>
       </c>
       <c r="C47" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D47" s="16" t="s">
         <v>147</v>
       </c>
       <c r="E47" s="5" t="s">
         <v>149</v>
       </c>
       <c r="F47" s="1" t="s">
         <v>20</v>
       </c>
       <c r="G47" s="1" t="s">
         <v>34</v>
       </c>
       <c r="H47" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I47" s="1" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="48" spans="1:9" ht="51.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A48" s="18" t="s">
+    <row r="48" spans="1:9" ht="51.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A48" s="20" t="s">
         <v>146</v>
       </c>
-      <c r="B48" s="20" t="s">
+      <c r="B48" s="18" t="s">
         <v>151</v>
       </c>
-      <c r="C48" s="18" t="s">
+      <c r="C48" s="20" t="s">
         <v>24</v>
       </c>
-      <c r="D48" s="22" t="s">
+      <c r="D48" s="24" t="s">
         <v>152</v>
       </c>
-      <c r="E48" s="18" t="s">
+      <c r="E48" s="20" t="s">
         <v>149</v>
       </c>
-      <c r="F48" s="20" t="s">
-[...2 lines deleted...]
-      <c r="G48" s="20" t="s">
+      <c r="F48" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G48" s="18" t="s">
         <v>34</v>
       </c>
       <c r="H48" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I48" s="1" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="49" spans="1:9" ht="23.25" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G49" s="21"/>
+    <row r="49" spans="1:9" ht="23.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A49" s="22"/>
+      <c r="B49" s="19"/>
+      <c r="C49" s="22"/>
+      <c r="D49" s="25"/>
+      <c r="E49" s="22"/>
+      <c r="F49" s="19"/>
+      <c r="G49" s="19"/>
       <c r="H49" s="1" t="s">
         <v>47</v>
       </c>
       <c r="I49" s="1"/>
     </row>
-    <row r="50" spans="1:9" ht="53.25" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A50" s="18" t="s">
+    <row r="50" spans="1:9" ht="53.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A50" s="20" t="s">
         <v>150</v>
       </c>
-      <c r="B50" s="20" t="s">
+      <c r="B50" s="18" t="s">
         <v>154</v>
       </c>
-      <c r="C50" s="18" t="s">
+      <c r="C50" s="20" t="s">
         <v>24</v>
       </c>
-      <c r="D50" s="22" t="s">
+      <c r="D50" s="24" t="s">
         <v>153</v>
       </c>
-      <c r="E50" s="18" t="s">
+      <c r="E50" s="20" t="s">
         <v>149</v>
       </c>
-      <c r="F50" s="20" t="s">
-[...2 lines deleted...]
-      <c r="G50" s="20" t="s">
+      <c r="F50" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G50" s="18" t="s">
         <v>34</v>
       </c>
       <c r="H50" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I50" s="1" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="51" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G51" s="21"/>
+    <row r="51" spans="1:9" ht="15.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A51" s="22"/>
+      <c r="B51" s="19"/>
+      <c r="C51" s="22"/>
+      <c r="D51" s="25"/>
+      <c r="E51" s="22"/>
+      <c r="F51" s="19"/>
+      <c r="G51" s="19"/>
       <c r="H51" s="1" t="s">
         <v>47</v>
       </c>
       <c r="I51" s="1"/>
     </row>
-    <row r="52" spans="1:9" ht="81" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A52" s="18" t="s">
+    <row r="52" spans="1:9" ht="81" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A52" s="20" t="s">
         <v>155</v>
       </c>
-      <c r="B52" s="18" t="s">
+      <c r="B52" s="20" t="s">
         <v>156</v>
       </c>
-      <c r="C52" s="18" t="s">
+      <c r="C52" s="20" t="s">
         <v>24</v>
       </c>
-      <c r="D52" s="22" t="s">
+      <c r="D52" s="24" t="s">
         <v>159</v>
       </c>
-      <c r="E52" s="18" t="s">
+      <c r="E52" s="20" t="s">
         <v>157</v>
       </c>
-      <c r="F52" s="20" t="s">
-[...2 lines deleted...]
-      <c r="G52" s="20" t="s">
+      <c r="F52" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G52" s="18" t="s">
         <v>34</v>
       </c>
       <c r="H52" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I52" s="1" t="s">
         <v>158</v>
       </c>
     </row>
-    <row r="53" spans="1:9" ht="19.5" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G53" s="21"/>
+    <row r="53" spans="1:9" ht="19.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A53" s="22"/>
+      <c r="B53" s="22"/>
+      <c r="C53" s="22"/>
+      <c r="D53" s="25"/>
+      <c r="E53" s="22"/>
+      <c r="F53" s="19"/>
+      <c r="G53" s="19"/>
       <c r="H53" s="1" t="s">
         <v>47</v>
       </c>
       <c r="I53" s="1"/>
     </row>
-    <row r="54" spans="1:9" ht="34.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A54" s="18" t="s">
+    <row r="54" spans="1:9" ht="34.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A54" s="20" t="s">
         <v>160</v>
       </c>
-      <c r="B54" s="18" t="s">
+      <c r="B54" s="20" t="s">
         <v>161</v>
       </c>
-      <c r="C54" s="18" t="s">
+      <c r="C54" s="20" t="s">
         <v>24</v>
       </c>
-      <c r="D54" s="22" t="s">
+      <c r="D54" s="24" t="s">
         <v>163</v>
       </c>
-      <c r="E54" s="18" t="s">
+      <c r="E54" s="20" t="s">
         <v>162</v>
       </c>
-      <c r="F54" s="30" t="s">
-[...2 lines deleted...]
-      <c r="G54" s="20" t="s">
+      <c r="F54" s="27" t="s">
+        <v>20</v>
+      </c>
+      <c r="G54" s="18" t="s">
         <v>34</v>
       </c>
       <c r="H54" s="1" t="s">
         <v>20</v>
       </c>
-      <c r="I54" s="20" t="s">
+      <c r="I54" s="18" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="55" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G55" s="21"/>
+    <row r="55" spans="1:9" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A55" s="22"/>
+      <c r="B55" s="22"/>
+      <c r="C55" s="22"/>
+      <c r="D55" s="25"/>
+      <c r="E55" s="22"/>
+      <c r="F55" s="28"/>
+      <c r="G55" s="19"/>
       <c r="H55" s="1" t="s">
         <v>47</v>
       </c>
-      <c r="I55" s="21"/>
-[...1 lines deleted...]
-    <row r="56" spans="1:9" s="17" customFormat="1" ht="57.75" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="I55" s="19"/>
+    </row>
+    <row r="56" spans="1:9" s="17" customFormat="1" ht="57.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A56" s="5" t="s">
         <v>164</v>
       </c>
       <c r="B56" s="5" t="s">
         <v>165</v>
       </c>
       <c r="C56" s="5" t="s">
         <v>24</v>
       </c>
       <c r="D56" s="16" t="s">
         <v>166</v>
       </c>
       <c r="E56" s="5" t="s">
         <v>162</v>
       </c>
       <c r="F56" s="1" t="s">
         <v>20</v>
       </c>
       <c r="G56" s="1" t="s">
         <v>34</v>
       </c>
       <c r="H56" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I56" s="1" t="s">
         <v>158</v>
       </c>
     </row>
-    <row r="57" spans="1:9" s="17" customFormat="1" ht="93" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="57" spans="1:9" s="17" customFormat="1" ht="93" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A57" s="5" t="s">
         <v>167</v>
       </c>
       <c r="B57" s="5" t="s">
         <v>171</v>
       </c>
       <c r="C57" s="5" t="s">
         <v>172</v>
       </c>
       <c r="D57" s="16" t="s">
         <v>173</v>
       </c>
       <c r="E57" s="5" t="s">
         <v>174</v>
       </c>
       <c r="F57" s="1" t="s">
         <v>20</v>
       </c>
       <c r="G57" s="1" t="s">
         <v>34</v>
       </c>
       <c r="H57" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I57" s="1" t="s">
         <v>158</v>
       </c>
     </row>
-    <row r="58" spans="1:9" s="17" customFormat="1" ht="93" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="58" spans="1:9" s="17" customFormat="1" ht="93" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A58" s="5" t="s">
         <v>170</v>
       </c>
       <c r="B58" s="5" t="s">
         <v>178</v>
       </c>
       <c r="C58" s="5" t="s">
         <v>177</v>
       </c>
       <c r="D58" s="16" t="s">
         <v>183</v>
       </c>
       <c r="E58" s="5" t="s">
         <v>176</v>
       </c>
       <c r="F58" s="1" t="s">
         <v>20</v>
       </c>
       <c r="G58" s="1" t="s">
         <v>34</v>
       </c>
       <c r="H58" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I58" s="1" t="s">
         <v>179</v>
       </c>
     </row>
-    <row r="59" spans="1:9" s="17" customFormat="1" ht="93" customHeight="1" x14ac:dyDescent="0.25">
+    <row r="59" spans="1:9" s="17" customFormat="1" ht="93" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A59" s="5" t="s">
         <v>180</v>
       </c>
       <c r="B59" s="5" t="s">
         <v>181</v>
       </c>
       <c r="C59" s="5" t="s">
         <v>182</v>
       </c>
       <c r="D59" s="16" t="s">
         <v>184</v>
       </c>
       <c r="E59" s="5" t="s">
         <v>162</v>
       </c>
       <c r="F59" s="1" t="s">
         <v>20</v>
       </c>
       <c r="G59" s="1" t="s">
         <v>34</v>
       </c>
       <c r="H59" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I59" s="1" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="60" spans="1:9" ht="51" x14ac:dyDescent="0.25">
+    <row r="60" spans="1:9" ht="52" x14ac:dyDescent="0.35">
       <c r="A60" s="5" t="s">
         <v>185</v>
       </c>
       <c r="B60" s="5" t="s">
         <v>186</v>
       </c>
       <c r="C60" s="5" t="s">
         <v>182</v>
       </c>
       <c r="D60" s="5" t="s">
         <v>187</v>
       </c>
       <c r="E60" s="5" t="s">
         <v>188</v>
       </c>
       <c r="F60" s="1" t="s">
         <v>20</v>
       </c>
       <c r="G60" s="1" t="s">
         <v>34</v>
       </c>
       <c r="H60" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I60" s="1" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="61" spans="1:9" ht="51" x14ac:dyDescent="0.25">
+    <row r="61" spans="1:9" ht="52" x14ac:dyDescent="0.35">
       <c r="A61" s="5" t="s">
         <v>189</v>
       </c>
       <c r="B61" s="5" t="s">
         <v>191</v>
       </c>
       <c r="C61" s="5" t="s">
         <v>182</v>
       </c>
       <c r="D61" s="5" t="s">
         <v>190</v>
       </c>
       <c r="E61" s="5" t="s">
         <v>162</v>
       </c>
       <c r="F61" s="1" t="s">
         <v>20</v>
       </c>
       <c r="G61" s="1" t="s">
         <v>34</v>
       </c>
       <c r="H61" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I61" s="1" t="s">
         <v>81</v>
       </c>
     </row>
-    <row r="62" spans="1:9" ht="76.5" x14ac:dyDescent="0.25">
+    <row r="62" spans="1:9" ht="78" x14ac:dyDescent="0.35">
       <c r="A62" s="5" t="s">
         <v>195</v>
       </c>
       <c r="B62" s="5" t="s">
         <v>192</v>
       </c>
       <c r="C62" s="5" t="s">
         <v>182</v>
       </c>
       <c r="D62" s="5" t="s">
         <v>193</v>
       </c>
       <c r="E62" s="5" t="s">
         <v>194</v>
       </c>
       <c r="F62" s="1" t="s">
         <v>20</v>
       </c>
       <c r="G62" s="1" t="s">
         <v>34</v>
       </c>
       <c r="H62" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I62" s="1" t="s">
         <v>198</v>
       </c>
     </row>
-    <row r="63" spans="1:9" ht="76.5" x14ac:dyDescent="0.25">
+    <row r="63" spans="1:9" ht="78" x14ac:dyDescent="0.35">
       <c r="A63" s="5" t="s">
         <v>196</v>
       </c>
       <c r="B63" s="5" t="s">
         <v>197</v>
       </c>
       <c r="C63" s="5" t="s">
         <v>182</v>
       </c>
       <c r="D63" s="5" t="s">
         <v>193</v>
       </c>
       <c r="E63" s="5" t="s">
         <v>194</v>
       </c>
       <c r="F63" s="1" t="s">
         <v>20</v>
       </c>
       <c r="G63" s="1" t="s">
         <v>34</v>
       </c>
       <c r="H63" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I63" s="1" t="s">
         <v>198</v>
       </c>
     </row>
-    <row r="64" spans="1:9" ht="51" x14ac:dyDescent="0.25">
+    <row r="64" spans="1:9" ht="52" x14ac:dyDescent="0.35">
       <c r="A64" s="5" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="B64" s="5" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="C64" s="5" t="s">
         <v>182</v>
       </c>
       <c r="D64" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="E64" s="5" t="s">
         <v>201</v>
-      </c>
-[...1 lines deleted...]
-        <v>202</v>
       </c>
       <c r="F64" s="1" t="s">
         <v>20</v>
       </c>
       <c r="G64" s="1" t="s">
         <v>34</v>
       </c>
       <c r="H64" s="1" t="s">
         <v>20</v>
       </c>
       <c r="I64" s="1" t="s">
-        <v>203</v>
-[...3 lines deleted...]
-      <c r="A65" s="18" t="s">
+        <v>202</v>
+      </c>
+    </row>
+    <row r="65" spans="1:9" ht="50.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A65" s="20" t="s">
+        <v>204</v>
+      </c>
+      <c r="B65" s="20" t="s">
         <v>205</v>
       </c>
-      <c r="B65" s="18" t="s">
+      <c r="C65" s="20" t="s">
+        <v>182</v>
+      </c>
+      <c r="D65" s="20" t="s">
         <v>206</v>
       </c>
-      <c r="C65" s="18" t="s">
-[...2 lines deleted...]
-      <c r="D65" s="18" t="s">
+      <c r="E65" s="20" t="s">
         <v>207</v>
       </c>
-      <c r="E65" s="18" t="s">
+      <c r="F65" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G65" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="H65" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I65" s="1" t="s">
         <v>208</v>
       </c>
-      <c r="F65" s="20" t="s">
-[...8 lines deleted...]
-      <c r="I65" s="1" t="s">
+    </row>
+    <row r="66" spans="1:9" ht="39" x14ac:dyDescent="0.35">
+      <c r="A66" s="21"/>
+      <c r="B66" s="21"/>
+      <c r="C66" s="21"/>
+      <c r="D66" s="21"/>
+      <c r="E66" s="21"/>
+      <c r="F66" s="23"/>
+      <c r="G66" s="23"/>
+      <c r="H66" s="1" t="s">
         <v>209</v>
       </c>
-    </row>
-[...8 lines deleted...]
-      <c r="H66" s="1" t="s">
+      <c r="I66" s="1" t="s">
         <v>210</v>
       </c>
-      <c r="I66" s="1" t="s">
-[...10 lines deleted...]
-      <c r="G67" s="24"/>
+    </row>
+    <row r="67" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A67" s="21"/>
+      <c r="B67" s="21"/>
+      <c r="C67" s="21"/>
+      <c r="D67" s="21"/>
+      <c r="E67" s="21"/>
+      <c r="F67" s="23"/>
+      <c r="G67" s="23"/>
       <c r="H67" s="1" t="s">
-        <v>213</v>
+        <v>212</v>
       </c>
       <c r="I67" s="1" t="s">
         <v>26</v>
       </c>
     </row>
-    <row r="68" spans="1:9" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="G68" s="21"/>
+    <row r="68" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A68" s="22"/>
+      <c r="B68" s="22"/>
+      <c r="C68" s="22"/>
+      <c r="D68" s="22"/>
+      <c r="E68" s="22"/>
+      <c r="F68" s="19"/>
+      <c r="G68" s="19"/>
       <c r="H68" s="1" t="s">
+        <v>213</v>
+      </c>
+      <c r="I68" s="1"/>
+    </row>
+    <row r="69" spans="1:9" ht="89.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A69" s="20" t="s">
         <v>214</v>
       </c>
-      <c r="I68" s="1"/>
-[...2 lines deleted...]
-      <c r="A69" s="18" t="s">
+      <c r="B69" s="20" t="s">
         <v>215</v>
       </c>
-      <c r="B69" s="18" t="s">
+      <c r="C69" s="20" t="s">
+        <v>182</v>
+      </c>
+      <c r="D69" s="20" t="s">
         <v>216</v>
       </c>
-      <c r="C69" s="18" t="s">
-[...2 lines deleted...]
-      <c r="D69" s="18" t="s">
+      <c r="E69" s="20" t="s">
         <v>217</v>
       </c>
-      <c r="E69" s="18" t="s">
+      <c r="F69" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G69" s="18" t="s">
+        <v>34</v>
+      </c>
+      <c r="H69" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I69" s="1" t="s">
         <v>218</v>
       </c>
-      <c r="F69" s="20" t="s">
-[...2 lines deleted...]
-      <c r="G69" s="20" t="s">
+    </row>
+    <row r="70" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A70" s="22"/>
+      <c r="B70" s="22"/>
+      <c r="C70" s="22"/>
+      <c r="D70" s="22"/>
+      <c r="E70" s="22"/>
+      <c r="F70" s="19"/>
+      <c r="G70" s="19"/>
+      <c r="H70" s="1" t="s">
+        <v>212</v>
+      </c>
+      <c r="I70" s="1"/>
+    </row>
+    <row r="71" spans="1:9" ht="30.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A71" s="20">
+        <v>40</v>
+      </c>
+      <c r="B71" s="20" t="s">
+        <v>220</v>
+      </c>
+      <c r="C71" s="20" t="s">
+        <v>221</v>
+      </c>
+      <c r="D71" s="20" t="s">
+        <v>219</v>
+      </c>
+      <c r="E71" s="20" t="s">
+        <v>222</v>
+      </c>
+      <c r="F71" s="18" t="s">
+        <v>20</v>
+      </c>
+      <c r="G71" s="18" t="s">
         <v>34</v>
       </c>
-      <c r="H69" s="1" t="s">
-[...20 lines deleted...]
-      <c r="A71" s="44" t="s">
+      <c r="H71" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I71" s="1" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="72" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A72" s="21"/>
+      <c r="B72" s="21"/>
+      <c r="C72" s="21"/>
+      <c r="D72" s="21"/>
+      <c r="E72" s="21"/>
+      <c r="F72" s="23"/>
+      <c r="G72" s="23"/>
+      <c r="H72" s="1" t="s">
+        <v>227</v>
+      </c>
+      <c r="I72" s="1"/>
+    </row>
+    <row r="73" spans="1:9" x14ac:dyDescent="0.35">
+      <c r="A73" s="22"/>
+      <c r="B73" s="22"/>
+      <c r="C73" s="22"/>
+      <c r="D73" s="22"/>
+      <c r="E73" s="22"/>
+      <c r="F73" s="19"/>
+      <c r="G73" s="19"/>
+      <c r="H73" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="I73" s="1"/>
+    </row>
+    <row r="74" spans="1:9" ht="65" x14ac:dyDescent="0.35">
+      <c r="A74" s="12">
+        <v>41</v>
+      </c>
+      <c r="B74" s="12" t="s">
+        <v>224</v>
+      </c>
+      <c r="C74" s="12" t="s">
+        <v>225</v>
+      </c>
+      <c r="D74" s="12" t="s">
+        <v>226</v>
+      </c>
+      <c r="E74" s="12" t="s">
+        <v>222</v>
+      </c>
+      <c r="F74" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="G74" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="H74" s="1" t="s">
+        <v>20</v>
+      </c>
+      <c r="I74" s="1" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="75" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A75" s="39" t="s">
         <v>46</v>
       </c>
-      <c r="B71" s="44"/>
-[...8 lines deleted...]
-      <c r="A72" s="29" t="s">
+      <c r="B75" s="39"/>
+      <c r="C75" s="39"/>
+      <c r="D75" s="39"/>
+      <c r="E75" s="39"/>
+      <c r="F75" s="39"/>
+      <c r="G75" s="39"/>
+      <c r="H75" s="39"/>
+      <c r="I75" s="5"/>
+    </row>
+    <row r="76" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A76" s="26" t="s">
         <v>50</v>
       </c>
-      <c r="B72" s="29"/>
-[...8 lines deleted...]
-      <c r="A73" s="29" t="s">
+      <c r="B76" s="26"/>
+      <c r="C76" s="26"/>
+      <c r="D76" s="26"/>
+      <c r="E76" s="26"/>
+      <c r="F76" s="26"/>
+      <c r="G76" s="26"/>
+      <c r="H76" s="26"/>
+    </row>
+    <row r="77" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A77" s="26" t="s">
         <v>49</v>
       </c>
-      <c r="B73" s="29"/>
-[...8 lines deleted...]
-      <c r="A74" s="29" t="s">
+      <c r="B77" s="26"/>
+      <c r="C77" s="26"/>
+      <c r="D77" s="26"/>
+      <c r="E77" s="26"/>
+      <c r="F77" s="26"/>
+      <c r="G77" s="26"/>
+      <c r="H77" s="26"/>
+    </row>
+    <row r="78" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A78" s="26" t="s">
         <v>48</v>
       </c>
-      <c r="B74" s="29"/>
-[...8 lines deleted...]
-      <c r="A75" s="29" t="s">
+      <c r="B78" s="26"/>
+      <c r="C78" s="26"/>
+      <c r="D78" s="26"/>
+      <c r="E78" s="26"/>
+      <c r="F78" s="26"/>
+      <c r="G78" s="26"/>
+      <c r="H78" s="26"/>
+    </row>
+    <row r="79" spans="1:9" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A79" s="26" t="s">
         <v>51</v>
       </c>
-      <c r="B75" s="29"/>
-[...8 lines deleted...]
-      <c r="A76" s="29" t="s">
+      <c r="B79" s="26"/>
+      <c r="C79" s="26"/>
+      <c r="D79" s="26"/>
+      <c r="E79" s="26"/>
+      <c r="F79" s="26"/>
+      <c r="G79" s="26"/>
+      <c r="H79" s="26"/>
+    </row>
+    <row r="80" spans="1:9" ht="39.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A80" s="26" t="s">
         <v>168</v>
       </c>
-      <c r="B76" s="29"/>
-[...8 lines deleted...]
-      <c r="A77" s="29" t="s">
+      <c r="B80" s="26"/>
+      <c r="C80" s="26"/>
+      <c r="D80" s="26"/>
+      <c r="E80" s="26"/>
+      <c r="F80" s="26"/>
+      <c r="G80" s="26"/>
+      <c r="H80" s="26"/>
+    </row>
+    <row r="81" spans="1:8" ht="27" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A81" s="26" t="s">
         <v>117</v>
       </c>
-      <c r="B77" s="29"/>
-[...8 lines deleted...]
-      <c r="A78" s="29" t="s">
+      <c r="B81" s="26"/>
+      <c r="C81" s="26"/>
+      <c r="D81" s="26"/>
+      <c r="E81" s="26"/>
+      <c r="F81" s="26"/>
+      <c r="G81" s="26"/>
+      <c r="H81" s="26"/>
+    </row>
+    <row r="82" spans="1:8" ht="25.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A82" s="26" t="s">
         <v>169</v>
       </c>
-      <c r="B78" s="29"/>
-[...17 lines deleted...]
-      <c r="H79" s="29"/>
+      <c r="B82" s="26"/>
+      <c r="C82" s="26"/>
+      <c r="D82" s="26"/>
+      <c r="E82" s="26"/>
+      <c r="F82" s="26"/>
+      <c r="G82" s="26"/>
+      <c r="H82" s="26"/>
+    </row>
+    <row r="83" spans="1:8" x14ac:dyDescent="0.35">
+      <c r="A83" s="26" t="s">
+        <v>211</v>
+      </c>
+      <c r="B83" s="26"/>
+      <c r="C83" s="26"/>
+      <c r="D83" s="26"/>
+      <c r="E83" s="26"/>
+      <c r="F83" s="26"/>
+      <c r="G83" s="26"/>
+      <c r="H83" s="26"/>
     </row>
   </sheetData>
-  <autoFilter ref="A4:I77" xr:uid="{A031E60D-B74E-4894-892B-C3A59C6901A9}"/>
-[...1 lines deleted...]
-    <mergeCell ref="A79:H79"/>
+  <autoFilter ref="A4:I81" xr:uid="{A031E60D-B74E-4894-892B-C3A59C6901A9}"/>
+  <mergeCells count="173">
+    <mergeCell ref="A83:H83"/>
     <mergeCell ref="A65:A68"/>
     <mergeCell ref="B65:B68"/>
     <mergeCell ref="C65:C68"/>
     <mergeCell ref="D65:D68"/>
     <mergeCell ref="E65:E68"/>
     <mergeCell ref="F65:F68"/>
     <mergeCell ref="G65:G68"/>
     <mergeCell ref="A69:A70"/>
     <mergeCell ref="B69:B70"/>
     <mergeCell ref="C69:C70"/>
     <mergeCell ref="D69:D70"/>
     <mergeCell ref="E69:E70"/>
     <mergeCell ref="F69:F70"/>
     <mergeCell ref="G69:G70"/>
-    <mergeCell ref="A78:H78"/>
+    <mergeCell ref="A82:H82"/>
+    <mergeCell ref="A79:H79"/>
+    <mergeCell ref="A76:H76"/>
     <mergeCell ref="I54:I55"/>
-    <mergeCell ref="A77:H77"/>
+    <mergeCell ref="A81:H81"/>
     <mergeCell ref="F38:F39"/>
     <mergeCell ref="G38:G39"/>
     <mergeCell ref="A34:A35"/>
     <mergeCell ref="B34:B35"/>
     <mergeCell ref="C34:C35"/>
     <mergeCell ref="D34:D35"/>
     <mergeCell ref="E34:E35"/>
     <mergeCell ref="F34:F35"/>
     <mergeCell ref="G34:G35"/>
     <mergeCell ref="A36:A37"/>
     <mergeCell ref="B36:B37"/>
     <mergeCell ref="C36:C37"/>
     <mergeCell ref="D36:D37"/>
     <mergeCell ref="E36:E37"/>
     <mergeCell ref="F36:F37"/>
     <mergeCell ref="G36:G37"/>
     <mergeCell ref="A38:A39"/>
     <mergeCell ref="A48:A49"/>
     <mergeCell ref="B48:B49"/>
     <mergeCell ref="C48:C49"/>
     <mergeCell ref="D48:D49"/>
-    <mergeCell ref="A76:H76"/>
-[...4 lines deleted...]
-    <mergeCell ref="G27:G28"/>
+    <mergeCell ref="A80:H80"/>
     <mergeCell ref="G48:G49"/>
     <mergeCell ref="D38:D39"/>
     <mergeCell ref="E38:E39"/>
     <mergeCell ref="B38:B39"/>
     <mergeCell ref="C38:C39"/>
     <mergeCell ref="A45:A46"/>
     <mergeCell ref="B45:B46"/>
     <mergeCell ref="C45:C46"/>
     <mergeCell ref="D45:D46"/>
     <mergeCell ref="E45:E46"/>
     <mergeCell ref="F45:F46"/>
     <mergeCell ref="G45:G46"/>
-    <mergeCell ref="A75:H75"/>
-[...1 lines deleted...]
-    <mergeCell ref="A54:A55"/>
+    <mergeCell ref="F48:F49"/>
+    <mergeCell ref="F40:F41"/>
+    <mergeCell ref="G40:G41"/>
     <mergeCell ref="A32:A33"/>
     <mergeCell ref="B32:B33"/>
     <mergeCell ref="C27:C28"/>
     <mergeCell ref="A22:A23"/>
     <mergeCell ref="B22:B23"/>
     <mergeCell ref="C22:C23"/>
     <mergeCell ref="D22:D23"/>
     <mergeCell ref="E22:E23"/>
-    <mergeCell ref="F25:F26"/>
+    <mergeCell ref="B50:B51"/>
+    <mergeCell ref="C50:C51"/>
+    <mergeCell ref="E48:E49"/>
+    <mergeCell ref="B40:B41"/>
+    <mergeCell ref="C40:C41"/>
+    <mergeCell ref="D40:D41"/>
+    <mergeCell ref="E40:E41"/>
+    <mergeCell ref="D50:D51"/>
+    <mergeCell ref="E50:E51"/>
+    <mergeCell ref="A40:A41"/>
+    <mergeCell ref="D27:D28"/>
+    <mergeCell ref="E27:E28"/>
     <mergeCell ref="A25:A26"/>
     <mergeCell ref="B25:B26"/>
     <mergeCell ref="C25:C26"/>
     <mergeCell ref="D25:D26"/>
     <mergeCell ref="E25:E26"/>
     <mergeCell ref="A27:A28"/>
     <mergeCell ref="B27:B28"/>
     <mergeCell ref="F16:F18"/>
+    <mergeCell ref="C16:C18"/>
+    <mergeCell ref="D16:D18"/>
+    <mergeCell ref="E16:E18"/>
+    <mergeCell ref="C19:C21"/>
+    <mergeCell ref="D19:D21"/>
+    <mergeCell ref="E19:E21"/>
+    <mergeCell ref="F19:F21"/>
+    <mergeCell ref="F27:F28"/>
     <mergeCell ref="E8:E10"/>
     <mergeCell ref="F8:F10"/>
     <mergeCell ref="G8:G10"/>
     <mergeCell ref="A8:A10"/>
-    <mergeCell ref="A71:H71"/>
+    <mergeCell ref="A75:H75"/>
     <mergeCell ref="A16:A18"/>
     <mergeCell ref="B8:B10"/>
     <mergeCell ref="C8:C10"/>
     <mergeCell ref="D8:D10"/>
     <mergeCell ref="F11:F13"/>
     <mergeCell ref="G11:G13"/>
     <mergeCell ref="B16:B18"/>
     <mergeCell ref="A11:A13"/>
     <mergeCell ref="B11:B13"/>
     <mergeCell ref="C11:C13"/>
     <mergeCell ref="D11:D13"/>
     <mergeCell ref="E11:E13"/>
     <mergeCell ref="G16:G18"/>
     <mergeCell ref="A19:A21"/>
     <mergeCell ref="B19:B21"/>
     <mergeCell ref="A14:A15"/>
     <mergeCell ref="B14:B15"/>
     <mergeCell ref="C14:C15"/>
+    <mergeCell ref="E14:E15"/>
     <mergeCell ref="A1:I1"/>
     <mergeCell ref="A2:I2"/>
     <mergeCell ref="A3:A4"/>
     <mergeCell ref="B3:B4"/>
     <mergeCell ref="C3:C4"/>
     <mergeCell ref="D3:D4"/>
     <mergeCell ref="E3:E4"/>
     <mergeCell ref="F3:G3"/>
     <mergeCell ref="H3:I3"/>
-    <mergeCell ref="E14:E15"/>
     <mergeCell ref="F14:F15"/>
     <mergeCell ref="G14:G15"/>
     <mergeCell ref="D14:D15"/>
-    <mergeCell ref="A73:H73"/>
-    <mergeCell ref="A74:H74"/>
+    <mergeCell ref="A77:H77"/>
+    <mergeCell ref="A78:H78"/>
     <mergeCell ref="A43:A44"/>
     <mergeCell ref="B43:B44"/>
     <mergeCell ref="C43:C44"/>
     <mergeCell ref="D43:D44"/>
     <mergeCell ref="E43:E44"/>
     <mergeCell ref="F43:F44"/>
     <mergeCell ref="G43:G44"/>
     <mergeCell ref="A52:A53"/>
     <mergeCell ref="B52:B53"/>
     <mergeCell ref="C52:C53"/>
     <mergeCell ref="D52:D53"/>
     <mergeCell ref="E52:E53"/>
     <mergeCell ref="F52:F53"/>
     <mergeCell ref="G52:G53"/>
     <mergeCell ref="D54:D55"/>
     <mergeCell ref="E54:E55"/>
     <mergeCell ref="F54:F55"/>
     <mergeCell ref="G54:G55"/>
     <mergeCell ref="A50:A51"/>
-    <mergeCell ref="B50:B51"/>
-[...8 lines deleted...]
-    <mergeCell ref="F19:F21"/>
     <mergeCell ref="G19:G21"/>
     <mergeCell ref="C32:C33"/>
     <mergeCell ref="D32:D33"/>
     <mergeCell ref="E32:E33"/>
     <mergeCell ref="F32:F33"/>
     <mergeCell ref="G32:G33"/>
     <mergeCell ref="G25:G26"/>
     <mergeCell ref="F22:F23"/>
     <mergeCell ref="G22:G23"/>
-    <mergeCell ref="C54:C55"/>
-[...9 lines deleted...]
-    <mergeCell ref="E50:E51"/>
+    <mergeCell ref="F25:F26"/>
+    <mergeCell ref="G27:G28"/>
     <mergeCell ref="F50:F51"/>
     <mergeCell ref="G50:G51"/>
+    <mergeCell ref="A71:A73"/>
+    <mergeCell ref="B71:B73"/>
+    <mergeCell ref="C71:C73"/>
+    <mergeCell ref="D71:D73"/>
+    <mergeCell ref="E71:E73"/>
+    <mergeCell ref="F71:F73"/>
+    <mergeCell ref="G71:G73"/>
+    <mergeCell ref="A54:A55"/>
+    <mergeCell ref="B54:B55"/>
+    <mergeCell ref="C54:C55"/>
   </mergeCells>
   <phoneticPr fontId="2" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>