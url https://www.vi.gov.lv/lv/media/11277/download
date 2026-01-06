--- v0 (2025-10-03)
+++ v1 (2026-01-06)
@@ -1,48 +1,48 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2236B631" w14:textId="79EB7C27" w:rsidR="00A677FC" w:rsidRPr="006A4167" w:rsidRDefault="00DF18AA" w:rsidP="006A4167">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:rPr>
           <w:rFonts w:ascii="RobustaTLPro-Regular" w:eastAsia="Times New Roman" w:hAnsi="RobustaTLPro-Regular" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r>
         <w:instrText>HYPERLINK "https://www.vi.gov.lv/sites/vi/files/media_file/izglitibas-iestazu-saraksts-kuras-ir-iespeja-nokartot-profesionalas-kvalifikacijas-parbaudi-attiecigaja-profesija-003.pdf"</w:instrText>
       </w:r>
       <w:r>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="00DF18AA">
@@ -79,5330 +79,5046 @@
         <w:t>profesijā </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="RobustaTLPro-Medium" w:eastAsia="Times New Roman" w:hAnsi="RobustaTLPro-Medium" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="lv-LV"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="15304" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1727"/>
         <w:gridCol w:w="4027"/>
         <w:gridCol w:w="5178"/>
         <w:gridCol w:w="4372"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="37411359" w14:textId="77777777" w:rsidTr="00B86990">
+      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="37411359" w14:textId="77777777" w:rsidTr="00EE545F">
         <w:trPr>
           <w:trHeight w:val="290"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1727" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="F2F2F2"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="72BAAFCE" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003655A8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>PROFESIJA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4511" w:type="dxa"/>
+            <w:tcW w:w="4027" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="F2F2F2"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7EF76ED1" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003655A8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>IZGLĪTĪBAS IESTĀDE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4268" w:type="dxa"/>
+            <w:tcW w:w="5178" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="F2F2F2"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="756337F1" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003655A8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>IZGLĪTĪBAS IESTĀDES TĪMEKĻVIETNE</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4798" w:type="dxa"/>
+            <w:tcW w:w="4372" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="000000" w:fill="F2F2F2"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7A6607AB" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003655A8">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>PIEZĪMES</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="6CBC1A05" w14:textId="77777777" w:rsidTr="00B86990">
+      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="6CBC1A05" w14:textId="77777777" w:rsidTr="00EE545F">
         <w:trPr>
           <w:trHeight w:val="790"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1727" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="56900A48" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003655A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Ārsts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4511" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="6EE75AE6" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003655A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Rīgas Stradiņa universitāte</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4268" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5178" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3C97153A" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId5" w:history="1">
               <w:r w:rsidRPr="003655A8">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>https://www.rsu.lv/kvalifikacijas-atbilstibas-parbaude-registracijai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4798" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="0B162CAA" w14:textId="304DC755" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003655A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">No Veselības inspekcijas ir jāsaņem vēstule par tiesībām kārtot profesionālās kvalifikācijas atbilstības pārbaudi </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="12D373C0" w14:textId="77777777" w:rsidTr="00B86990">
+      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="12D373C0" w14:textId="77777777" w:rsidTr="00EE545F">
         <w:trPr>
           <w:trHeight w:val="690"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1727" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="073F2EBA" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003655A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Zobārsts</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4511" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="1DF04142" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003655A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Rīgas Stradiņa universitāte</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4268" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5178" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2504307C" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId6" w:history="1">
               <w:r w:rsidRPr="003655A8">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>https://www.rsu.lv/kvalifikacijas-atbilstibas-parbaude-registracijai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4798" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="2CC4BEAB" w14:textId="32E4C4F2" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="00565E4E" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003655A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">No Veselības inspekcijas ir jāsaņem vēstule par tiesībām kārtot profesionālās kvalifikācijas atbilstības pārbaudi </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="733979FF" w14:textId="77777777" w:rsidTr="00B86990">
+      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="733979FF" w14:textId="77777777" w:rsidTr="00EE545F">
         <w:trPr>
           <w:trHeight w:val="720"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1727" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="550C471E" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003655A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Māsa (vispārējās aprūpes māsa)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4511" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="531136D8" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003655A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Rīgas Stradiņa universitāte</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4268" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5178" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5671DA5A" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId7" w:history="1">
               <w:r w:rsidRPr="003655A8">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>https://www.rsu.lv/kvalifikacijas-atbilstibas-parbaude-registracijai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4798" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="68D29F63" w14:textId="0D64532E" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="00565E4E" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003655A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">No Veselības inspekcijas ir jāsaņem vēstule par tiesībām kārtot profesionālās kvalifikācijas atbilstības pārbaudi </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="2B16A72E" w14:textId="77777777" w:rsidTr="00B86990">
+      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="2B16A72E" w14:textId="77777777" w:rsidTr="00EE545F">
         <w:trPr>
           <w:trHeight w:val="690"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1727" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7F0A0E17" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4511" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3FCB7C45" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003655A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Latvijas Universitāte</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4268" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5178" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7C6B3CE7" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
               <w:r w:rsidRPr="003655A8">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>https://www.lu.lv/studijas/muzizglitiba/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4798" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="390C61F4" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003655A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">kontaktpersona: Ina Mežiņa-Mamajeva, tālrunis: +37129439391; +37167033822; e-pasts: ina.mezina@lu.lv </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="53544A40" w14:textId="77777777" w:rsidTr="00B86990">
+      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="4B225943" w14:textId="77777777" w:rsidTr="00EE545F">
         <w:trPr>
-          <w:trHeight w:val="460"/>
+          <w:trHeight w:val="690"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1727" w:type="dxa"/>
-            <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F186BE0" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
-[...59 lines deleted...]
-          <w:p w14:paraId="21A65832" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+          <w:p w14:paraId="63B152A3" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Vecmāte</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="24BC2BCE" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Rīgas Stradiņa universitāte</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5178" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="61E94996" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId9" w:history="1">
               <w:r w:rsidRPr="003655A8">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
-                <w:t>https://www.lu.lv/studijas/muzizglitiba/</w:t>
+                <w:t>https://www.rsu.lv/kvalifikacijas-atbilstibas-parbaude-registracijai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4798" w:type="dxa"/>
-[...50 lines deleted...]
-              <w:t xml:space="preserve">, tālrunis +371 29974111, e-pasts: n.degtjarjova@siadrs.lv </w:t>
+            <w:tcW w:w="4372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4DB8F1D5" w14:textId="5CD7C854" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="00565E4E" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">No Veselības inspekcijas ir jāsaņem vēstule par tiesībām kārtot profesionālās kvalifikācijas atbilstības pārbaudi </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="4B225943" w14:textId="77777777" w:rsidTr="00B86990">
+      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="297756F6" w14:textId="77777777" w:rsidTr="00EE545F">
         <w:trPr>
           <w:trHeight w:val="690"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1727" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="63B152A3" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
-[...34 lines deleted...]
-          <w:p w14:paraId="24BC2BCE" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+          <w:p w14:paraId="725BEF44" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Ārsta palīgs (feldšeris)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4BF6F751" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003655A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Rīgas Stradiņa universitāte</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4268" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="61E94996" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:tcW w:w="5178" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5C7AC2C1" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId10" w:history="1">
               <w:r w:rsidRPr="003655A8">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>https://www.rsu.lv/kvalifikacijas-atbilstibas-parbaude-registracijai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4798" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="4DB8F1D5" w14:textId="5CD7C854" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="00565E4E" w:rsidP="003655A8">
+            <w:tcW w:w="4372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6C8E4844" w14:textId="5D2D1655" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="00565E4E" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003655A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">No Veselības inspekcijas ir jāsaņem vēstule par tiesībām kārtot profesionālās kvalifikācijas atbilstības pārbaudi </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="297756F6" w14:textId="77777777" w:rsidTr="00B86990">
+      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="6811AF96" w14:textId="77777777" w:rsidTr="00EE545F">
         <w:trPr>
           <w:trHeight w:val="690"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1727" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="725BEF44" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
-[...34 lines deleted...]
-          <w:p w14:paraId="4BF6F751" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+          <w:p w14:paraId="624FD164" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2B20C1BF" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Latvijas Universitātes Rīgas 1. medicīnas koledža</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5178" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="22B57CC1" w14:textId="3899EB53" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="00F23297" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId11" w:history="1">
+              <w:r w:rsidRPr="00F23297">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>https://www.rmk1.lv/lv/profesionalas-kvalifikacijas-atbilstibas-parbaudes-kartosana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="277FACB7" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="725FBC4E" w14:textId="77777777" w:rsidTr="00EE545F">
+        <w:trPr>
+          <w:trHeight w:val="460"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1727" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0989F5CC" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0CA74098" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Rīgas Stradiņa universitātes Sarkanā Krusta medicīnas koledža</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5178" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0765C484" w14:textId="4579E663" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="001F0ECE" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId12" w:history="1">
+              <w:r w:rsidRPr="001F0ECE">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>https://rcmc.lv/talakizglitiba/profesionalas-kvalifikacijas-atbilstibas-parbaude/</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="66309F64" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="21373924" w14:textId="77777777" w:rsidTr="00EE545F">
+        <w:trPr>
+          <w:trHeight w:val="460"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1727" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5DC7FBA3" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5C0D8D6E" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Latvijas Universitātes Rīgas Medicīnas koledža</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5178" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0EF7A069" w14:textId="37F31026" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="001F0ECE" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId13" w:history="1">
+              <w:r w:rsidRPr="001F0ECE">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>https://rmkoledza.lu.lv/lv/registra-atjaunosana/</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4CD1A1C1" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="1C33EFA8" w14:textId="77777777" w:rsidTr="00EE545F">
+        <w:trPr>
+          <w:trHeight w:val="690"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1727" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5E97CD41" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="00AA12C7" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Latvijas Universitātes Paula Stradiņa medicīnas koledža</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5178" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="179F1FCE" w14:textId="146AC7DD" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="008E09B9" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008E09B9">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>https://www.psk.lu.lv/</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4E93EE90" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="7B165AEE" w14:textId="77777777" w:rsidTr="00EE545F">
+        <w:trPr>
+          <w:trHeight w:val="690"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1727" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0F7DBA07" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Māsas palīgs</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="655668A5" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Latvijas Universitātes Rīgas 1. medicīnas koledža</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5178" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3EF9746F" w14:textId="1890A193" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="00F23297" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId14" w:history="1">
+              <w:r w:rsidRPr="00F23297">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>https://www.rmk1.lv/lv/profesionalas-kvalifikacijas-atbilstibas-parbaudes-kartosana</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="02F48EC9" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="4F669681" w14:textId="77777777" w:rsidTr="00EE545F">
+        <w:trPr>
+          <w:trHeight w:val="460"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1727" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="23AB5939" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7F8A9461" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Rīgas Stradiņa universitātes Sarkanā Krusta medicīnas koledža</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5178" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="026B41AE" w14:textId="60F99FD1" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="001F0ECE" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId15" w:history="1">
+              <w:r w:rsidRPr="001F0ECE">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>https://rcmc.lv/talakizglitiba/profesionalas-kvalifikacijas-atbilstibas-parbaude/</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="67C36E2D" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="5B922056" w14:textId="77777777" w:rsidTr="00EE545F">
+        <w:trPr>
+          <w:trHeight w:val="460"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1727" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2DA8C1C2" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E1E02B9" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Latvijas Universitātes Rīgas Medicīnas koledža</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5178" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="205B457B" w14:textId="50085864" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="001F0ECE" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId16" w:history="1">
+              <w:r w:rsidRPr="001F0ECE">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>https://rmkoledza.lu.lv/lv/registra-atjaunosana/</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5298C14B" w14:textId="77777777" w:rsidR="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="252B673A" w14:textId="77777777" w:rsidR="001F0ECE" w:rsidRDefault="001F0ECE" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="355BF750" w14:textId="77777777" w:rsidR="001F0ECE" w:rsidRDefault="001F0ECE" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="68854417" w14:textId="77777777" w:rsidR="001F0ECE" w:rsidRPr="003655A8" w:rsidRDefault="001F0ECE" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="0307DA08" w14:textId="77777777" w:rsidTr="00EE545F">
+        <w:trPr>
+          <w:trHeight w:val="460"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1727" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0FEF785C" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Kosmētiķis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="70E91139" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Starptautiskā CIDESCO Rīgas medicīnas skola</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5178" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3846B390" w14:textId="1525D5C5" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="008E09B9" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId17" w:history="1">
+              <w:r w:rsidRPr="008E09B9">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>https://www.kosmetikasskola.lv/profesion%C4%81l%C4%81s-kvalifik%C4%81cijas-atbilst%C4%ABbas-p%C4%81rbaude</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0B637EE5" w14:textId="222730B2" w:rsidR="00024D89" w:rsidRPr="003655A8" w:rsidRDefault="00024D89" w:rsidP="00024D89">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="47F6B991" w14:textId="77777777" w:rsidTr="00EE545F">
+        <w:trPr>
+          <w:trHeight w:val="690"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1727" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5F441948" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Zobu higiēnists</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="528AB7B9" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003655A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Rīgas Stradiņa universitāte</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4268" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="5C7AC2C1" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:tcW w:w="5178" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2EB71983" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId11" w:history="1">
+            <w:hyperlink r:id="rId18" w:history="1">
               <w:r w:rsidRPr="003655A8">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>https://www.rsu.lv/kvalifikacijas-atbilstibas-parbaude-registracijai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4798" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="6C8E4844" w14:textId="5D2D1655" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="00565E4E" w:rsidP="003655A8">
+            <w:tcW w:w="4372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="415A803F" w14:textId="42CD02A4" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="00565E4E" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003655A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">No Veselības inspekcijas ir jāsaņem vēstule par tiesībām kārtot profesionālās kvalifikācijas atbilstības pārbaudi </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="6811AF96" w14:textId="77777777" w:rsidTr="00B86990">
+      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="7AA8619F" w14:textId="77777777" w:rsidTr="00EE545F">
         <w:trPr>
           <w:trHeight w:val="690"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1727" w:type="dxa"/>
-            <w:vMerge/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="624FD164" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
-[...24 lines deleted...]
-          <w:p w14:paraId="2B20C1BF" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+          <w:p w14:paraId="5F39D0DB" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Zobārsta asistents</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="480E51F3" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003655A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Latvijas Universitātes Rīgas 1. medicīnas koledža</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4268" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="22B57CC1" w14:textId="3899EB53" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="00F23297" w:rsidP="003655A8">
+            <w:tcW w:w="5178" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="686AC2CC" w14:textId="70E1375C" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="00F23297" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId12" w:history="1">
+            <w:hyperlink r:id="rId19" w:history="1">
               <w:r w:rsidRPr="00F23297">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>https://www.rmk1.lv/lv/profesionalas-kvalifikacijas-atbilstibas-parbaudes-kartosana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4798" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="277FACB7" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:tcW w:w="4372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="62BFFF0C" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003655A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="725FBC4E" w14:textId="77777777" w:rsidTr="00B86990">
+      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="66D22075" w14:textId="77777777" w:rsidTr="00EE545F">
         <w:trPr>
           <w:trHeight w:val="460"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1727" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0989F5CC" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
-[...24 lines deleted...]
-          <w:p w14:paraId="0CA74098" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+          <w:p w14:paraId="28B6110A" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6BB88545" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003655A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Rīgas Stradiņa universitātes Sarkanā Krusta medicīnas koledža</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4268" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="0765C484" w14:textId="4579E663" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="001F0ECE" w:rsidP="003655A8">
+            <w:tcW w:w="5178" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="20DDA3B3" w14:textId="0757A60F" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="001F0ECE" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId13" w:history="1">
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r w:rsidRPr="001F0ECE">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>https://rcmc.lv/talakizglitiba/profesionalas-kvalifikacijas-atbilstibas-parbaude/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4798" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="66309F64" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:tcW w:w="4372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="71DDD8C6" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003655A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="21373924" w14:textId="77777777" w:rsidTr="001F0ECE">
-[...137 lines deleted...]
-      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="1C33EFA8" w14:textId="77777777" w:rsidTr="00B86990">
+      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="433B40CE" w14:textId="77777777" w:rsidTr="00EE545F">
         <w:trPr>
           <w:trHeight w:val="690"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1727" w:type="dxa"/>
-            <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...65 lines deleted...]
-          <w:p w14:paraId="179F1FCE" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="26342483" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Zobu tehniķis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="396980AB" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Latvijas Universitātes Rīgas 1. medicīnas koledža</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5178" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1F79FA1D" w14:textId="68C7BEE3" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="00F23297" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003655A8">
-[...147 lines deleted...]
-            <w:hyperlink r:id="rId15" w:history="1">
+            <w:hyperlink r:id="rId21" w:history="1">
               <w:r w:rsidRPr="00F23297">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>https://www.rmk1.lv/lv/profesionalas-kvalifikacijas-atbilstibas-parbaudes-kartosana</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4798" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="02F48EC9" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:tcW w:w="4372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="257CE3C8" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003655A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="4F669681" w14:textId="77777777" w:rsidTr="00B86990">
-[...450 lines deleted...]
-      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="47F6B991" w14:textId="77777777" w:rsidTr="00B86990">
+      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="0A33F270" w14:textId="77777777" w:rsidTr="00EE545F">
         <w:trPr>
           <w:trHeight w:val="690"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1727" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...38 lines deleted...]
-          <w:p w14:paraId="528AB7B9" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5331EDCF" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Fizioterapeits</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D7D0946" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003655A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Rīgas Stradiņa universitāte</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4268" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="2EB71983" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:tcW w:w="5178" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="00D98B90" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId19" w:history="1">
+            <w:hyperlink r:id="rId22" w:history="1">
               <w:r w:rsidRPr="003655A8">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>https://www.rsu.lv/kvalifikacijas-atbilstibas-parbaude-registracijai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4798" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="415A803F" w14:textId="42CD02A4" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="00565E4E" w:rsidP="003655A8">
+            <w:tcW w:w="4372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="34CBD194" w14:textId="4DEB2DEF" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="00565E4E" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003655A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">No Veselības inspekcijas ir jāsaņem vēstule par tiesībām kārtot profesionālās kvalifikācijas atbilstības pārbaudi </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="7AA8619F" w14:textId="77777777" w:rsidTr="00B86990">
+      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="594E3B4A" w14:textId="77777777" w:rsidTr="00EE545F">
         <w:trPr>
           <w:trHeight w:val="690"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1727" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
-[...476 lines deleted...]
-          <w:p w14:paraId="3D7D0946" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="05E85F3C" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Ergoterapeits</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E9A46E5" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003655A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Rīgas Stradiņa universitāte</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4268" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="00D98B90" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:tcW w:w="5178" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F9E82F7" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId23" w:history="1">
               <w:r w:rsidRPr="003655A8">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>https://www.rsu.lv/kvalifikacijas-atbilstibas-parbaude-registracijai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4798" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="34CBD194" w14:textId="4DEB2DEF" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="00565E4E" w:rsidP="003655A8">
+            <w:tcW w:w="4372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3F130FB4" w14:textId="19537B60" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="00565E4E" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003655A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">No Veselības inspekcijas ir jāsaņem vēstule par tiesībām kārtot profesionālās kvalifikācijas atbilstības pārbaudi </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="594E3B4A" w14:textId="77777777" w:rsidTr="00B86990">
+      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="732E2549" w14:textId="77777777" w:rsidTr="00EE545F">
         <w:trPr>
           <w:trHeight w:val="690"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1727" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="05E85F3C" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="294569FD" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003655A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>Ergoterapeits</w:t>
+              <w:t>Audiologopēds</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4511" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="3E9A46E5" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:tcW w:w="4027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="66FFDC29" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003655A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Rīgas Stradiņa universitāte</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4268" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="3F9E82F7" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:tcW w:w="5178" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="00ADF527" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId24" w:history="1">
               <w:r w:rsidRPr="003655A8">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>https://www.rsu.lv/kvalifikacijas-atbilstibas-parbaude-registracijai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4798" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="3F130FB4" w14:textId="19537B60" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="00565E4E" w:rsidP="003655A8">
+            <w:tcW w:w="4372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2CA28DFE" w14:textId="32B0DA55" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="00565E4E" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003655A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">No Veselības inspekcijas ir jāsaņem vēstule par tiesībām kārtot profesionālās kvalifikācijas atbilstības pārbaudi </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="732E2549" w14:textId="77777777" w:rsidTr="00B86990">
+      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="0D8AF2AA" w14:textId="77777777" w:rsidTr="00EE545F">
         <w:trPr>
           <w:trHeight w:val="690"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1727" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...39 lines deleted...]
-          <w:p w14:paraId="66FFDC29" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4C5948F5" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Mākslas terapeits</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1850C2BC" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003655A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Rīgas Stradiņa universitāte</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4268" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="00ADF527" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:tcW w:w="5178" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6D4B7711" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId25" w:history="1">
               <w:r w:rsidRPr="003655A8">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>https://www.rsu.lv/kvalifikacijas-atbilstibas-parbaude-registracijai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4798" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="2CA28DFE" w14:textId="32B0DA55" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="00565E4E" w:rsidP="003655A8">
+            <w:tcW w:w="4372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0323C00A" w14:textId="45B4BB28" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="00565E4E" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003655A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">No Veselības inspekcijas ir jāsaņem vēstule par tiesībām kārtot profesionālās kvalifikācijas atbilstības pārbaudi </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="0D8AF2AA" w14:textId="77777777" w:rsidTr="00B86990">
+      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="0CAE32BE" w14:textId="77777777" w:rsidTr="00EE545F">
         <w:trPr>
           <w:trHeight w:val="690"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1727" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...37 lines deleted...]
-          <w:p w14:paraId="1850C2BC" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="268C0BA0" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Uztura speciālists</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="65A6B584" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003655A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Rīgas Stradiņa universitāte</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4268" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="6D4B7711" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:tcW w:w="5178" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="478E723A" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId26" w:history="1">
               <w:r w:rsidRPr="003655A8">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>https://www.rsu.lv/kvalifikacijas-atbilstibas-parbaude-registracijai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4798" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="0323C00A" w14:textId="45B4BB28" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="00565E4E" w:rsidP="003655A8">
+            <w:tcW w:w="4372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3EC0FCC7" w14:textId="417CC3EC" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="00565E4E" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003655A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">No Veselības inspekcijas ir jāsaņem vēstule par tiesībām kārtot profesionālās kvalifikācijas atbilstības pārbaudi </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="0CAE32BE" w14:textId="77777777" w:rsidTr="00B86990">
+      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="78381337" w14:textId="77777777" w:rsidTr="00EE545F">
         <w:trPr>
           <w:trHeight w:val="690"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1727" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...37 lines deleted...]
-          <w:p w14:paraId="65A6B584" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="11DD4B57" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Tehniskais ortopēds</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="719FF170" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003655A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Rīgas Stradiņa universitāte</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4268" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="478E723A" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:tcW w:w="5178" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1FFE55AB" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId27" w:history="1">
               <w:r w:rsidRPr="003655A8">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>https://www.rsu.lv/kvalifikacijas-atbilstibas-parbaude-registracijai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4798" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="3EC0FCC7" w14:textId="417CC3EC" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="00565E4E" w:rsidP="003655A8">
+            <w:tcW w:w="4372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7B293DE2" w14:textId="6A751F21" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="00565E4E" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003655A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">No Veselības inspekcijas ir jāsaņem vēstule par tiesībām kārtot profesionālās kvalifikācijas atbilstības pārbaudi </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="78381337" w14:textId="77777777" w:rsidTr="00B86990">
+      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="1BAD8D48" w14:textId="77777777" w:rsidTr="00EE545F">
+        <w:trPr>
+          <w:trHeight w:val="460"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1727" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="1A461899" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Radiologa asistents</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0E2A638D" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Latvijas Universitātes Paula Stradiņa medicīnas koledža</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5178" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0B39D405" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId28" w:history="1">
+              <w:r w:rsidRPr="003655A8">
+                <w:rPr>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:color w:val="0000FF"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:u w:val="single"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>https://www.psk.lu.lv/</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="44877558" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="0863056B" w14:textId="77777777" w:rsidTr="00EE545F">
+        <w:trPr>
+          <w:trHeight w:val="460"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1727" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6C11D49A" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Biomedicīnas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> laborants</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="031602CC" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Latvijas Universitātes Paula Stradiņa medicīnas koledža</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5178" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7E76007B" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>https://www.psk.lu.lv/</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0FFD6D9E" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="144208F9" w14:textId="77777777" w:rsidTr="00EE545F">
         <w:trPr>
           <w:trHeight w:val="690"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1727" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...40 lines deleted...]
-          <w:p w14:paraId="719FF170" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="59D38421" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Skaistumkopšanas</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> speciālists kosmetoloģijā</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2280D0EA" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Latvijas Universitātes Paula Stradiņa medicīnas koledža</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5178" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="42DB5C34" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>https://www.psk.lu.lv/</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="746CFD65" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="524EF2A8" w14:textId="77777777" w:rsidTr="00EE545F">
+        <w:trPr>
+          <w:trHeight w:val="460"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1727" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="445F06E8" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0C98D2F1" w14:textId="2610F2C3" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003501AF" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003501AF">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">SIA Biznesa Augstskola Turība </w:t>
+            </w:r>
+            <w:r w:rsidR="003655A8" w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Starptautiskā Kosmetoloģijas koledža</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5178" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5DE1272A" w14:textId="6734BFDE" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="00991199" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:hyperlink r:id="rId29" w:history="1">
+              <w:r w:rsidRPr="00991199">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                  <w:sz w:val="18"/>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="lv-LV"/>
+                </w:rPr>
+                <w:t>https://skk.lv/arstniecibas-statusa-atjaunosana/</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="21A85844" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="2729FB86" w14:textId="77777777" w:rsidTr="00EE545F">
+        <w:trPr>
+          <w:trHeight w:val="740"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1727" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="39BFFB96" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Radiogrāfers</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="15237A31" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Latvijas Universitāte</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5178" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0D137555" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>https://www.lu.lv/studijas/muzizglitiba/radiograferu-profesionalas-kvalifikacijas-atbilstibas-parbaude/</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3E88F4F4" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="0777918D" w14:textId="77777777" w:rsidTr="00EE545F">
+        <w:trPr>
+          <w:trHeight w:val="590"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1727" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="10A31714" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Podologs</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="5BB9141C" w14:textId="359C8B34" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="00A10445" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Latvijas Universitātes Paula Stradiņa medicīnas koledža</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5178" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="664558B3" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="0000FF"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>https://www.psk.lu.lv/</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0D68C5C3" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="20EB05BC" w14:textId="77777777" w:rsidTr="00EE545F">
+        <w:trPr>
+          <w:trHeight w:val="690"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1727" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="11177B2F" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Masieris</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4CDD6CF3" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003655A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Rīgas Stradiņa universitāte</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4268" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="1FFE55AB" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:tcW w:w="5178" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="65A98CED" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId28" w:history="1">
+            <w:hyperlink r:id="rId30" w:history="1">
               <w:r w:rsidRPr="003655A8">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>https://www.rsu.lv/kvalifikacijas-atbilstibas-parbaude-registracijai</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4798" w:type="dxa"/>
-[...9 lines deleted...]
-          <w:p w14:paraId="7B293DE2" w14:textId="6A751F21" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="00565E4E" w:rsidP="003655A8">
+            <w:tcW w:w="4372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="34905A75" w14:textId="0C425832" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="00565E4E" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003655A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">No Veselības inspekcijas ir jāsaņem vēstule par tiesībām kārtot profesionālās kvalifikācijas atbilstības pārbaudi </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="1BAD8D48" w14:textId="77777777" w:rsidTr="00B86990">
+      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="5C66477F" w14:textId="77777777" w:rsidTr="00EE545F">
         <w:trPr>
           <w:trHeight w:val="460"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1727" w:type="dxa"/>
-            <w:tcBorders>
-[...307 lines deleted...]
-            <w:vMerge w:val="restart"/>
+            <w:vMerge/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59D38421" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
-[...81 lines deleted...]
-          <w:p w14:paraId="42DB5C34" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+          <w:p w14:paraId="7347BEDB" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="2271D54A" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
+            <w:pPr>
+              <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003655A8">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>Rīgas Stradiņa universitātes Sarkanā Krusta medicīnas koledža</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5178" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="041049EF" w14:textId="450C1D8D" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="001F0ECE" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003655A8">
-[...593 lines deleted...]
-            </w:pPr>
             <w:hyperlink r:id="rId31" w:history="1">
-              <w:r w:rsidRPr="003655A8">
-[...138 lines deleted...]
-            <w:hyperlink r:id="rId32" w:history="1">
               <w:r w:rsidRPr="001F0ECE">
                 <w:rPr>
                   <w:rStyle w:val="Hyperlink"/>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t>https://rcmc.lv/talakizglitiba/profesionalas-kvalifikacijas-atbilstibas-parbaude/</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4798" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7FF10553" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003655A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="3E418FF3" w14:textId="77777777" w:rsidTr="00B86990">
+      <w:tr w:rsidR="003655A8" w:rsidRPr="003655A8" w14:paraId="3E418FF3" w14:textId="77777777" w:rsidTr="00EE545F">
         <w:trPr>
           <w:trHeight w:val="1070"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1727" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5AD1C733" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidRPr="003655A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Optometrists</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4511" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4027" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="3CD3D73B" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003655A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Latvijas Universitāte</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4268" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5178" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="25F4B4E6" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="0000FF"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:u w:val="single"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
-            <w:hyperlink r:id="rId33" w:history="1">
+            <w:hyperlink r:id="rId32" w:history="1">
               <w:r w:rsidRPr="003655A8">
                 <w:rPr>
                   <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                   <w:color w:val="0000FF"/>
                   <w:sz w:val="18"/>
                   <w:szCs w:val="18"/>
                   <w:u w:val="single"/>
                   <w:lang w:eastAsia="lv-LV"/>
                 </w:rPr>
                 <w:t xml:space="preserve">https://www.lu.lv/studijas/muzizglitiba/optometristu-profesionalas-kvalifikacijas-atbilstibas-parbaude/  </w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4798" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="4372" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+            </w:tcBorders>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="37CC9374" w14:textId="77777777" w:rsidR="003655A8" w:rsidRPr="003655A8" w:rsidRDefault="003655A8" w:rsidP="003655A8">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003655A8">
               <w:rPr>
                 <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="796D44AA" w14:textId="77777777" w:rsidR="003655A8" w:rsidRDefault="003655A8"/>
     <w:sectPr w:rsidR="003655A8" w:rsidSect="00B86990">
       <w:pgSz w:w="16838" w:h="11906" w:orient="landscape"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="BA"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="RobustaTLPro-Regular">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="RobustaTLPro-Medium">
     <w:altName w:val="Cambria"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4F9A0736"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B94ADB1A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -5515,123 +5231,127 @@
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1585724239">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003655A8"/>
     <w:rsid w:val="000136CC"/>
     <w:rsid w:val="00024D89"/>
     <w:rsid w:val="00190D27"/>
     <w:rsid w:val="001F0ECE"/>
     <w:rsid w:val="003501AF"/>
     <w:rsid w:val="003655A8"/>
     <w:rsid w:val="004F094A"/>
     <w:rsid w:val="00565E4E"/>
     <w:rsid w:val="005F2B84"/>
     <w:rsid w:val="00615611"/>
     <w:rsid w:val="00643753"/>
     <w:rsid w:val="0068091D"/>
     <w:rsid w:val="006A4167"/>
+    <w:rsid w:val="006C2D47"/>
     <w:rsid w:val="006D3A72"/>
     <w:rsid w:val="00876719"/>
+    <w:rsid w:val="008D595F"/>
+    <w:rsid w:val="008E09B9"/>
     <w:rsid w:val="009563EE"/>
     <w:rsid w:val="00991199"/>
     <w:rsid w:val="009B7D37"/>
     <w:rsid w:val="00A10445"/>
     <w:rsid w:val="00A677FC"/>
     <w:rsid w:val="00B66A61"/>
     <w:rsid w:val="00B86990"/>
     <w:rsid w:val="00C307F7"/>
     <w:rsid w:val="00DF18AA"/>
     <w:rsid w:val="00EC21E0"/>
+    <w:rsid w:val="00EE545F"/>
     <w:rsid w:val="00F23297"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
+  <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="78D83D7E"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{7FE580C8-7515-452B-A944-CA3F678040F2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="lv-LV" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -6051,86 +5771,86 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005F2B84"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="001F0ECE"/>
     <w:rPr>
       <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="250742580">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1112825166">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lu.lv/studijas/muzizglitiba/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rcmc.lv/talakizglitiba/profesionalas-kvalifikacijas-atbilstibas-parbaude/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kosmetikasskola.lv/profesion%C4%81l%C4%81s-kvalifik%C4%81cijas-atbilst%C4%ABbas-p%C4%81rbaude" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rsu.lv/kvalifikacijas-atbilstibas-parbaude-registracijai" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rcmc.lv/talakizglitiba/profesionalas-kvalifikacijas-atbilstibas-parbaude/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rsu.lv/kvalifikacijas-atbilstibas-parbaude-registracijai" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rmk1.lv/lv/profesionalas-kvalifikacijas-atbilstibas-parbaudes-kartosana" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rmkoledza.lu.lv/lv/registra-atjaunosana/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rsu.lv/kvalifikacijas-atbilstibas-parbaude-registracijai" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lu.lv/studijas/muzizglitiba/optometristu-profesionalas-kvalifikacijas-atbilstibas-parbaude/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rcmc.lv/talakizglitiba/profesionalas-kvalifikacijas-atbilstibas-parbaude/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rmk1.lv/lv/profesionalas-kvalifikacijas-atbilstibas-parbaudes-kartosana" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.psk.lu.lv/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rsu.lv/kvalifikacijas-atbilstibas-parbaude-registracijai" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rsu.lv/kvalifikacijas-atbilstibas-parbaude-registracijai" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rsu.lv/kvalifikacijas-atbilstibas-parbaude-registracijai" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rcmc.lv/talakizglitiba/profesionalas-kvalifikacijas-atbilstibas-parbaude/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rsu.lv/kvalifikacijas-atbilstibas-parbaude-registracijai" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rmk1.lv/lv/profesionalas-kvalifikacijas-atbilstibas-parbaudes-kartosana" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rsu.lv/kvalifikacijas-atbilstibas-parbaude-registracijai" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rsu.lv/kvalifikacijas-atbilstibas-parbaude-registracijai" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rsu.lv/kvalifikacijas-atbilstibas-parbaude-registracijai" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rsu.lv/kvalifikacijas-atbilstibas-parbaude-registracijai" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rsu.lv/kvalifikacijas-atbilstibas-parbaude-registracijai" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lu.lv/studijas/muzizglitiba/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rmkoledza.lu.lv/lv/registra-atjaunosana/" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rmk1.lv/lv/profesionalas-kvalifikacijas-atbilstibas-parbaudes-kartosana" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rsu.lv/kvalifikacijas-atbilstibas-parbaude-registracijai" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://skk.lv/arstniecibas-statusa-atjaunosana/" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lu.lv/studijas/muzizglitiba/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rmkoledza.lu.lv/lv/registra-atjaunosana/" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rsu.lv/kvalifikacijas-atbilstibas-parbaude-registracijai" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rsu.lv/kvalifikacijas-atbilstibas-parbaude-registracijai" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rmk1.lv/lv/profesionalas-kvalifikacijas-atbilstibas-parbaudes-kartosana" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rsu.lv/kvalifikacijas-atbilstibas-parbaude-registracijai" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rcmc.lv/talakizglitiba/profesionalas-kvalifikacijas-atbilstibas-parbaude/" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.kosmetikasskola.lv/profesion%C4%81l%C4%81s-kvalifik%C4%81cijas-atbilst%C4%ABbas-p%C4%81rbaude" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rsu.lv/kvalifikacijas-atbilstibas-parbaude-registracijai" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rmkoledza.lu.lv/lv/registra-atjaunosana/" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rcmc.lv/talakizglitiba/profesionalas-kvalifikacijas-atbilstibas-parbaude/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://skk.lv/arstniecibas-statusa-atjaunosana/" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rsu.lv/kvalifikacijas-atbilstibas-parbaude-registracijai" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rmk1.lv/lv/profesionalas-kvalifikacijas-atbilstibas-parbaudes-kartosana" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rsu.lv/kvalifikacijas-atbilstibas-parbaude-registracijai" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.lu.lv/studijas/muzizglitiba/optometristu-profesionalas-kvalifikacijas-atbilstibas-parbaude/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rsu.lv/kvalifikacijas-atbilstibas-parbaude-registracijai" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rcmc.lv/talakizglitiba/profesionalas-kvalifikacijas-atbilstibas-parbaude/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rsu.lv/kvalifikacijas-atbilstibas-parbaude-registracijai" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.psk.lu.lv/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rsu.lv/kvalifikacijas-atbilstibas-parbaude-registracijai" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rmk1.lv/lv/profesionalas-kvalifikacijas-atbilstibas-parbaudes-kartosana" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rcmc.lv/talakizglitiba/profesionalas-kvalifikacijas-atbilstibas-parbaude/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rsu.lv/kvalifikacijas-atbilstibas-parbaude-registracijai" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rmk1.lv/lv/profesionalas-kvalifikacijas-atbilstibas-parbaudes-kartosana" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rsu.lv/kvalifikacijas-atbilstibas-parbaude-registracijai" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rsu.lv/kvalifikacijas-atbilstibas-parbaude-registracijai" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rsu.lv/kvalifikacijas-atbilstibas-parbaude-registracijai" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -6389,69 +6109,69 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>5519</Words>
-  <Characters>3146</Characters>
+  <Words>5341</Words>
+  <Characters>3045</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>26</Lines>
-  <Paragraphs>17</Paragraphs>
+  <Lines>25</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>8648</CharactersWithSpaces>
+  <CharactersWithSpaces>8370</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Andžela Gudre</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>