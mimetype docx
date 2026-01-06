--- v0 (2025-10-03)
+++ v1 (2026-01-06)
@@ -1,52 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9576" w:type="dxa"/>
         <w:tblInd w:w="-34" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9576"/>
       </w:tblGrid>
       <w:tr w:rsidR="00501D94" w:rsidRPr="00A64D6F" w14:paraId="6C1092B6" w14:textId="77777777" w:rsidTr="008515E2">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="707B2179" w14:textId="77777777" w:rsidR="00A52BBA" w:rsidRPr="00984239" w:rsidRDefault="00A52BBA" w:rsidP="00A52BBA">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:rPr>
                 <w:sz w:val="28"/>
                 <w:szCs w:val="28"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00984239">
               <w:rPr>
@@ -1060,740 +1065,811 @@
               <w:rPr>
                 <w:i/>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>vajadzīgo atzīmēt ar x</w:t>
             </w:r>
             <w:r w:rsidRPr="00984239">
               <w:rPr>
                 <w:szCs w:val="28"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00977138" w:rsidRPr="00A64D6F" w14:paraId="03ED49A6" w14:textId="77777777" w:rsidTr="008515E2">
         <w:trPr>
           <w:trHeight w:val="4413"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9576" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11B96C09" w14:textId="77777777" w:rsidR="00977138" w:rsidRPr="00984239" w:rsidRDefault="00BE2D9C" w:rsidP="00C23618">
+          <w:p w14:paraId="11B96C09" w14:textId="0175A675" w:rsidR="00977138" w:rsidRPr="00984239" w:rsidRDefault="00BE2D9C" w:rsidP="00C23618">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4153"/>
                 <w:tab w:val="clear" w:pos="8306"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00984239">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00984239">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00984239">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00984239">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00977138" w:rsidRPr="00984239">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
-              <w:t xml:space="preserve">  izglītību un profesionālo kvalifikāciju apliecinošs dokuments (diploms) </w:t>
+              <w:t xml:space="preserve"> izglītību un profesionālo kvalifikāciju apliecinošs dokuments (diploms) </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="11724DD8" w14:textId="55B9B369" w:rsidR="00977138" w:rsidRPr="00984239" w:rsidRDefault="007D05FD" w:rsidP="00C23618">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4153"/>
                 <w:tab w:val="clear" w:pos="8306"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00977138" w:rsidRPr="00984239">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
               <w:t xml:space="preserve">  uzvārda/vārda maiņu apliecinošs dokuments </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="69211043" w14:textId="77777777" w:rsidR="006E76D3" w:rsidRPr="00984239" w:rsidRDefault="00BE2D9C" w:rsidP="00C23618">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4153"/>
                 <w:tab w:val="clear" w:pos="8306"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00984239">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00984239">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00984239">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00984239">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="006E76D3" w:rsidRPr="00984239">
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r w:rsidR="006E76D3" w:rsidRPr="00984239">
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>pilnvara, ja dokumentus iesniedz pilnvarotā persona</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3479CE68" w14:textId="77777777" w:rsidR="00977138" w:rsidRPr="00984239" w:rsidRDefault="00BE2D9C" w:rsidP="00C23618">
+          <w:p w14:paraId="3479CE68" w14:textId="63AF18B5" w:rsidR="00977138" w:rsidRPr="00984239" w:rsidRDefault="00BE2D9C" w:rsidP="00C23618">
             <w:pPr>
               <w:pStyle w:val="Header"/>
               <w:tabs>
                 <w:tab w:val="clear" w:pos="4153"/>
                 <w:tab w:val="clear" w:pos="8306"/>
               </w:tabs>
               <w:rPr>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:val="lv-LV"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00984239">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val=""/>
+                  <w:enabled/>
+                  <w:calcOnExit/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:r w:rsidRPr="00984239">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00984239">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00984239">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r w:rsidR="00977138" w:rsidRPr="00984239">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006E76D3" w:rsidRPr="00984239">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> citi dokumenti </w:t>
+            </w:r>
+            <w:r w:rsidR="007B7146" w:rsidRPr="00984239">
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(uzskaitīt </w:t>
+            </w:r>
+            <w:r w:rsidR="006E76D3" w:rsidRPr="00984239">
+              <w:rPr>
+                <w:i/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>kādi)</w:t>
+            </w:r>
+            <w:r w:rsidR="002C09E1" w:rsidRPr="002C09E1">
+              <w:rPr>
+                <w:u w:val="single"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Text8"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:textInput/>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
+            <w:bookmarkStart w:id="7" w:name="Text8"/>
+            <w:r w:rsidR="002C09E1" w:rsidRPr="002C09E1">
+              <w:rPr>
+                <w:u w:val="single"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
+            </w:r>
+            <w:r w:rsidR="002C09E1" w:rsidRPr="002C09E1">
+              <w:rPr>
+                <w:u w:val="single"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:r>
+            <w:r w:rsidR="002C09E1" w:rsidRPr="002C09E1">
+              <w:rPr>
+                <w:u w:val="single"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="002C09E1" w:rsidRPr="002C09E1">
+              <w:rPr>
+                <w:noProof/>
+                <w:u w:val="single"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002C09E1" w:rsidRPr="002C09E1">
+              <w:rPr>
+                <w:noProof/>
+                <w:u w:val="single"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002C09E1" w:rsidRPr="002C09E1">
+              <w:rPr>
+                <w:noProof/>
+                <w:u w:val="single"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002C09E1" w:rsidRPr="002C09E1">
+              <w:rPr>
+                <w:noProof/>
+                <w:u w:val="single"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002C09E1" w:rsidRPr="002C09E1">
+              <w:rPr>
+                <w:noProof/>
+                <w:u w:val="single"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:r w:rsidR="002C09E1" w:rsidRPr="002C09E1">
+              <w:rPr>
+                <w:u w:val="single"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:bookmarkEnd w:id="7"/>
+            <w:r w:rsidR="002C09E1" w:rsidRPr="002C09E1">
+              <w:rPr>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>_</w:t>
+            </w:r>
+            <w:r w:rsidR="006E76D3" w:rsidRPr="00984239">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>_________________</w:t>
+            </w:r>
+            <w:r w:rsidR="007B7146" w:rsidRPr="00984239">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>_______________________________</w:t>
+            </w:r>
+            <w:r w:rsidR="006E76D3" w:rsidRPr="00984239">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3FF02D1E" w14:textId="77777777" w:rsidR="00977138" w:rsidRPr="00984239" w:rsidRDefault="006E76D3" w:rsidP="00C23618">
+            <w:pPr>
+              <w:pStyle w:val="Header"/>
+              <w:ind w:left="317" w:hanging="317"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00984239">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>______________________________________________________________________________</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7BFFC0B8" w14:textId="77777777" w:rsidR="002170AC" w:rsidRPr="00984239" w:rsidRDefault="002170AC" w:rsidP="00DD7A7E">
+            <w:pPr>
+              <w:pStyle w:val="Header"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4153"/>
+                <w:tab w:val="clear" w:pos="8306"/>
+              </w:tabs>
+              <w:ind w:left="720"/>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1D915778" w14:textId="77777777" w:rsidR="0015682F" w:rsidRPr="00984239" w:rsidRDefault="00977138" w:rsidP="00984239">
+            <w:pPr>
+              <w:pStyle w:val="Header"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4153"/>
+                <w:tab w:val="clear" w:pos="8306"/>
+              </w:tabs>
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00984239">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0015682F" w:rsidRPr="00984239">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>Izziņā iekļaut informāciju</w:t>
+            </w:r>
+            <w:r w:rsidR="005754B5" w:rsidRPr="00984239">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> par</w:t>
+            </w:r>
+            <w:r w:rsidR="00F93138" w:rsidRPr="00984239">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r w:rsidR="005754B5" w:rsidRPr="00984239">
+              <w:rPr>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BD55D8C" w14:textId="77777777" w:rsidR="00984239" w:rsidRPr="00DD7A7E" w:rsidRDefault="00984239" w:rsidP="00984239">
+            <w:pPr>
+              <w:pStyle w:val="Header"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="4153"/>
+                <w:tab w:val="clear" w:pos="8306"/>
+              </w:tabs>
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD7A7E">
+              <w:rPr>
+                <w:i/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:lang w:val="lv-LV"/>
+              </w:rPr>
+              <w:t>( vajadzīgo atzīmēt ar x)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7372C495" w14:textId="18CC58FD" w:rsidR="0015682F" w:rsidRPr="00984239" w:rsidRDefault="001B569D" w:rsidP="005754B5">
+            <w:pPr>
+              <w:pStyle w:val="tv213"/>
+              <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="34"/>
+              <w:jc w:val="both"/>
+            </w:pPr>
+            <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:r w:rsidRPr="00984239">
+            <w:bookmarkStart w:id="8" w:name="Check1"/>
+            <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00984239">
+            <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidR="00977138" w:rsidRPr="00984239">
-[...140 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:bookmarkEnd w:id="8"/>
+            <w:r w:rsidR="0015682F" w:rsidRPr="00984239">
+              <w:t xml:space="preserve"> personas tiesības darboties Latvijas Republikā reglamentētā profesijā, pamatojoties uz </w:t>
+            </w:r>
+            <w:r w:rsidR="00354B62" w:rsidRPr="00984239">
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidR="0015682F" w:rsidRPr="00984239">
+              <w:t>atbilstošu profesionālo kvalifikāciju (15</w:t>
+            </w:r>
+            <w:r w:rsidR="00AA00D2">
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidR="0015682F" w:rsidRPr="00984239">
+              <w:t>46 eiro)</w:t>
+            </w:r>
+            <w:r w:rsidR="007D05FD">
+              <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3FF02D1E" w14:textId="77777777" w:rsidR="00977138" w:rsidRPr="00984239" w:rsidRDefault="006E76D3" w:rsidP="00C23618">
-[...118 lines deleted...]
-          <w:p w14:paraId="7372C495" w14:textId="5024A42D" w:rsidR="0015682F" w:rsidRPr="00984239" w:rsidRDefault="00BE2D9C" w:rsidP="005754B5">
+          <w:p w14:paraId="14EC8ABB" w14:textId="7FE4C9B9" w:rsidR="0015682F" w:rsidRPr="00984239" w:rsidRDefault="00BE2D9C" w:rsidP="005754B5">
             <w:pPr>
               <w:pStyle w:val="tv213"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="34"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00984239">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
-            <w:bookmarkStart w:id="8" w:name="Check1"/>
             <w:r w:rsidRPr="00984239">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00984239">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00984239">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:bookmarkEnd w:id="8"/>
             <w:r w:rsidR="0015682F" w:rsidRPr="00984239">
-              <w:t xml:space="preserve"> personas tiesības darboties Latvijas Republikā reglamentētā profesijā, pamatojoties uz </w:t>
-[...11 lines deleted...]
-              <w:t>46 eiro)</w:t>
+              <w:t xml:space="preserve"> personas profesionālo pieredzi Latvijas Republikā reglamentētā profesijā (37,59 eiro)</w:t>
             </w:r>
             <w:r w:rsidR="007D05FD">
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="14EC8ABB" w14:textId="28BB34CE" w:rsidR="0015682F" w:rsidRPr="00984239" w:rsidRDefault="00BE2D9C" w:rsidP="005754B5">
+          <w:p w14:paraId="5192F27D" w14:textId="50363EF1" w:rsidR="0015682F" w:rsidRDefault="00BE2D9C" w:rsidP="005754B5">
             <w:pPr>
               <w:pStyle w:val="tv213"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="34"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r w:rsidRPr="00984239">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00984239">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00984239">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00984239">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="0015682F" w:rsidRPr="00984239">
-              <w:t xml:space="preserve"> personas profesionālo pieredzi Latvijas Republikā reglamentētā profesijā (37,59 eiro)</w:t>
+              <w:t xml:space="preserve"> ka personai nav atņemtas vai ierobežotas tiesības darboties Latvijas Republikā reglamentētā profesijā profesionālu pārkāpumu vai noziedzīgu nodarījumu dēļ (30,21 eiro)</w:t>
             </w:r>
             <w:r w:rsidR="007D05FD">
               <w:t>;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5192F27D" w14:textId="30E5903D" w:rsidR="0015682F" w:rsidRDefault="00BE2D9C" w:rsidP="005754B5">
-[...37 lines deleted...]
-          <w:p w14:paraId="0D6D74FD" w14:textId="71DB3FFC" w:rsidR="00AA00D2" w:rsidRPr="00984239" w:rsidRDefault="00AA00D2" w:rsidP="005754B5">
+          <w:p w14:paraId="0D6D74FD" w14:textId="43D06B9F" w:rsidR="00AA00D2" w:rsidRPr="00984239" w:rsidRDefault="001B569D" w:rsidP="005754B5">
             <w:pPr>
               <w:pStyle w:val="tv213"/>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
               <w:ind w:left="34"/>
               <w:jc w:val="both"/>
             </w:pPr>
             <w:r>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check3"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
-                    <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:bookmarkStart w:id="9" w:name="Check3"/>
             <w:r>
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="9"/>
-            <w:r>
+            <w:r w:rsidR="00AA00D2">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00AA00D2">
+            <w:r w:rsidR="00AA00D2" w:rsidRPr="00AA00D2">
               <w:t>apliecinājumu, ka persona nav bankrotējusi (bez maksas)</w:t>
             </w:r>
             <w:r w:rsidR="007D05FD">
               <w:t>.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3B2DBDA4" w14:textId="77777777" w:rsidR="005754B5" w:rsidRPr="00984239" w:rsidRDefault="005754B5" w:rsidP="00C23618">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:i/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="64D10B1A" w14:textId="77777777" w:rsidR="00033966" w:rsidRPr="00984239" w:rsidRDefault="00033966" w:rsidP="00C23618">
+          <w:p w14:paraId="64D10B1A" w14:textId="7778697D" w:rsidR="00033966" w:rsidRPr="00787646" w:rsidRDefault="00787646" w:rsidP="00C23618">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
-              </w:rPr>
-[...6 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00984239">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check2"/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
+            <w:r w:rsidRPr="00984239">
+              <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00984239">
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidRPr="00984239">
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Izziņu vēlos saņemt elektroniski</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="42A3CC12" w14:textId="12A68321" w:rsidR="005754B5" w:rsidRPr="00984239" w:rsidRDefault="00BE2D9C" w:rsidP="00C23618">
+            <w:pPr>
+              <w:pStyle w:val="NoSpacing"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00984239">
+              <w:fldChar w:fldCharType="begin">
+                <w:ffData>
+                  <w:name w:val="Check2"/>
+                  <w:enabled/>
+                  <w:calcOnExit w:val="0"/>
+                  <w:checkBox>
+                    <w:sizeAuto/>
+                    <w:default w:val="0"/>
+                    <w:checked w:val="0"/>
+                  </w:checkBox>
+                </w:ffData>
+              </w:fldChar>
+            </w:r>
             <w:bookmarkStart w:id="10" w:name="Check2"/>
             <w:r w:rsidRPr="00984239">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00984239">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00984239">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:bookmarkEnd w:id="10"/>
             <w:r w:rsidR="007B7146" w:rsidRPr="00984239">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00AB51D2" w:rsidRPr="00984239">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
-              <w:t>Izziņu vēlos saņemt personīgi (Klijānu iela 7, Rīga</w:t>
+              <w:t>Izziņu vēlos saņemt personīgi (</w:t>
+            </w:r>
+            <w:r w:rsidR="00F20F54">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Talejas </w:t>
+            </w:r>
+            <w:r w:rsidR="00AB51D2" w:rsidRPr="00984239">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t xml:space="preserve">iela </w:t>
+            </w:r>
+            <w:r w:rsidR="00F20F54">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00AB51D2" w:rsidRPr="00984239">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="lv-LV"/>
+              </w:rPr>
+              <w:t>, Rīga</w:t>
             </w:r>
             <w:r w:rsidR="00AB51D2" w:rsidRPr="00984239">
               <w:t xml:space="preserve">)               </w:t>
             </w:r>
             <w:r w:rsidRPr="00984239">
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val="Check1"/>
                   <w:enabled/>
                   <w:calcOnExit/>
                   <w:checkBox>
                     <w:sizeAuto/>
                     <w:default w:val="0"/>
                     <w:checked w:val="0"/>
                   </w:checkBox>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="00984239">
               <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
             </w:r>
-            <w:r w:rsidR="00000000">
+            <w:r w:rsidRPr="00984239">
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
             <w:r w:rsidRPr="00984239">
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00DC40C5">
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00AB51D2" w:rsidRPr="00984239">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="lv-LV"/>
               </w:rPr>
               <w:t>Izziņu vēlos saņemt pa pastu</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="20D8B066" w14:textId="77777777" w:rsidR="00AB51D2" w:rsidRPr="00984239" w:rsidRDefault="00AB51D2" w:rsidP="00C23618">
             <w:pPr>
               <w:pStyle w:val="NoSpacing"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
               </w:rPr>
             </w:pPr>
@@ -2660,87 +2736,92 @@
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>*</w:t>
       </w:r>
       <w:r w:rsidR="008515E2" w:rsidRPr="00DD7A7E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>šo noteikumu</w:t>
       </w:r>
       <w:r w:rsidR="00F93138" w:rsidRPr="00DD7A7E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> paredzētos gadījumos).</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00977138" w:rsidRPr="00DD7A7E" w:rsidSect="00957948">
-      <w:footerReference w:type="default" r:id="rId8"/>
+      <w:headerReference w:type="even" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1701" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3F0BE331" w14:textId="77777777" w:rsidR="00957948" w:rsidRDefault="00957948" w:rsidP="00816067">
+    <w:p w14:paraId="2A117762" w14:textId="77777777" w:rsidR="000A1069" w:rsidRDefault="000A1069" w:rsidP="00816067">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="16F7E9E0" w14:textId="77777777" w:rsidR="00957948" w:rsidRDefault="00957948" w:rsidP="00816067">
+    <w:p w14:paraId="4053913B" w14:textId="77777777" w:rsidR="000A1069" w:rsidRDefault="000A1069" w:rsidP="00816067">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Wingdings 2">
     <w:panose1 w:val="05020102010507070707"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="BA"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="BA"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -2757,107 +2838,157 @@
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="BA"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="0F7035F7" w14:textId="3E1C50EC" w:rsidR="00702472" w:rsidRPr="004A16E2" w:rsidRDefault="00702472">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6267C8B8" w14:textId="77777777" w:rsidR="00D3699D" w:rsidRDefault="00D3699D">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0F7035F7" w14:textId="6529A3DA" w:rsidR="00702472" w:rsidRPr="004A16E2" w:rsidRDefault="00702472">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="004A16E2">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>F215-v</w:t>
     </w:r>
-    <w:r w:rsidR="007D05FD">
+    <w:r w:rsidR="00D3699D">
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
-      <w:t>4</w:t>
+      <w:t>5</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="73F40BB7" w14:textId="77777777" w:rsidR="00D3699D" w:rsidRDefault="00D3699D">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="11DE4F4E" w14:textId="77777777" w:rsidR="00957948" w:rsidRDefault="00957948" w:rsidP="00816067">
+    <w:p w14:paraId="3A8C881D" w14:textId="77777777" w:rsidR="000A1069" w:rsidRDefault="000A1069" w:rsidP="00816067">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2D8FD918" w14:textId="77777777" w:rsidR="00957948" w:rsidRDefault="00957948" w:rsidP="00816067">
+    <w:p w14:paraId="2EF54181" w14:textId="77777777" w:rsidR="000A1069" w:rsidRDefault="000A1069" w:rsidP="00816067">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5B0C36E8" w14:textId="77777777" w:rsidR="00D3699D" w:rsidRDefault="00D3699D">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="57BEFD80" w14:textId="77777777" w:rsidR="00D3699D" w:rsidRDefault="00D3699D">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="177A5BC7" w14:textId="77777777" w:rsidR="00D3699D" w:rsidRDefault="00D3699D">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3088011B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2390CE24"/>
     <w:lvl w:ilvl="0" w:tplc="417E0B42">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings 2" w:hAnsi="Wingdings 2" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04260003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -3280,234 +3411,251 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1098676496">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1002319581">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="162862005">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="984162066">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A64D6F"/>
     <w:rsid w:val="00033966"/>
     <w:rsid w:val="00056FA7"/>
     <w:rsid w:val="00057595"/>
     <w:rsid w:val="00067B16"/>
     <w:rsid w:val="00071F87"/>
+    <w:rsid w:val="000A1069"/>
+    <w:rsid w:val="000C2CB4"/>
     <w:rsid w:val="00101715"/>
+    <w:rsid w:val="00121AFB"/>
     <w:rsid w:val="0015682F"/>
+    <w:rsid w:val="001B569D"/>
     <w:rsid w:val="001D5BF7"/>
     <w:rsid w:val="002170AC"/>
     <w:rsid w:val="002462E2"/>
     <w:rsid w:val="0028775A"/>
     <w:rsid w:val="00297F74"/>
     <w:rsid w:val="002A14C6"/>
     <w:rsid w:val="002C09E1"/>
     <w:rsid w:val="002C3396"/>
     <w:rsid w:val="00336BC6"/>
     <w:rsid w:val="00354B62"/>
     <w:rsid w:val="0037216F"/>
     <w:rsid w:val="00380798"/>
+    <w:rsid w:val="003C162E"/>
     <w:rsid w:val="003E060B"/>
     <w:rsid w:val="003F073C"/>
     <w:rsid w:val="003F0F3F"/>
     <w:rsid w:val="003F3D25"/>
     <w:rsid w:val="003F72D4"/>
+    <w:rsid w:val="00402227"/>
     <w:rsid w:val="004170EB"/>
     <w:rsid w:val="004231A2"/>
     <w:rsid w:val="00465AFF"/>
     <w:rsid w:val="00472AB7"/>
     <w:rsid w:val="004972FD"/>
     <w:rsid w:val="004A16E2"/>
     <w:rsid w:val="004A699A"/>
     <w:rsid w:val="004C40C7"/>
     <w:rsid w:val="004E3E57"/>
     <w:rsid w:val="00501D94"/>
     <w:rsid w:val="005574CB"/>
     <w:rsid w:val="005754B5"/>
+    <w:rsid w:val="0059067F"/>
     <w:rsid w:val="00590D7E"/>
     <w:rsid w:val="005C5837"/>
     <w:rsid w:val="005D1FC4"/>
     <w:rsid w:val="005D34CE"/>
     <w:rsid w:val="005E3E1B"/>
     <w:rsid w:val="005F5AF1"/>
     <w:rsid w:val="00613CC0"/>
     <w:rsid w:val="00647FF7"/>
     <w:rsid w:val="00661573"/>
     <w:rsid w:val="006B5915"/>
+    <w:rsid w:val="006E49A9"/>
     <w:rsid w:val="006E76D3"/>
     <w:rsid w:val="006F6E85"/>
     <w:rsid w:val="00702472"/>
     <w:rsid w:val="0072443B"/>
     <w:rsid w:val="007464DF"/>
     <w:rsid w:val="0076411A"/>
     <w:rsid w:val="0078306C"/>
     <w:rsid w:val="0078663C"/>
+    <w:rsid w:val="00787646"/>
     <w:rsid w:val="0079593F"/>
     <w:rsid w:val="0079671B"/>
     <w:rsid w:val="007B7146"/>
     <w:rsid w:val="007D05FD"/>
     <w:rsid w:val="007E3186"/>
     <w:rsid w:val="007F414D"/>
     <w:rsid w:val="00806CE9"/>
     <w:rsid w:val="00816067"/>
     <w:rsid w:val="00817FDC"/>
     <w:rsid w:val="008515E2"/>
+    <w:rsid w:val="00883E2E"/>
     <w:rsid w:val="008A2924"/>
     <w:rsid w:val="00914267"/>
     <w:rsid w:val="0092460B"/>
     <w:rsid w:val="00957948"/>
     <w:rsid w:val="009705BD"/>
     <w:rsid w:val="00977138"/>
     <w:rsid w:val="00983BCF"/>
     <w:rsid w:val="00984239"/>
     <w:rsid w:val="009928EE"/>
     <w:rsid w:val="009A07DD"/>
     <w:rsid w:val="009A269C"/>
     <w:rsid w:val="009D0E3D"/>
     <w:rsid w:val="009D34E1"/>
     <w:rsid w:val="009E6076"/>
     <w:rsid w:val="009F1ADF"/>
     <w:rsid w:val="00A14E8E"/>
     <w:rsid w:val="00A51ED5"/>
     <w:rsid w:val="00A52BBA"/>
     <w:rsid w:val="00A64D6F"/>
     <w:rsid w:val="00AA00D2"/>
     <w:rsid w:val="00AB51D2"/>
     <w:rsid w:val="00AF4214"/>
     <w:rsid w:val="00B1276E"/>
     <w:rsid w:val="00B35F18"/>
     <w:rsid w:val="00B450C4"/>
     <w:rsid w:val="00B45836"/>
     <w:rsid w:val="00B61BE7"/>
     <w:rsid w:val="00BB16AA"/>
     <w:rsid w:val="00BB16DF"/>
     <w:rsid w:val="00BC223E"/>
+    <w:rsid w:val="00BD281B"/>
     <w:rsid w:val="00BD3E36"/>
     <w:rsid w:val="00BE00DA"/>
     <w:rsid w:val="00BE2D9C"/>
     <w:rsid w:val="00C22FCA"/>
     <w:rsid w:val="00C23618"/>
     <w:rsid w:val="00C259CD"/>
     <w:rsid w:val="00C4009B"/>
     <w:rsid w:val="00C74154"/>
     <w:rsid w:val="00CE4C90"/>
     <w:rsid w:val="00CE5DF6"/>
     <w:rsid w:val="00D22AEF"/>
+    <w:rsid w:val="00D3699D"/>
     <w:rsid w:val="00D5177C"/>
     <w:rsid w:val="00DA6B0B"/>
     <w:rsid w:val="00DB1081"/>
     <w:rsid w:val="00DB6B24"/>
     <w:rsid w:val="00DC40C5"/>
     <w:rsid w:val="00DD3BFC"/>
     <w:rsid w:val="00DD7A7E"/>
     <w:rsid w:val="00DE164A"/>
     <w:rsid w:val="00DF1329"/>
     <w:rsid w:val="00E2523C"/>
     <w:rsid w:val="00E52A4F"/>
     <w:rsid w:val="00E91E85"/>
     <w:rsid w:val="00EC5067"/>
     <w:rsid w:val="00EC66D7"/>
+    <w:rsid w:val="00F20F54"/>
     <w:rsid w:val="00F21C67"/>
     <w:rsid w:val="00F224EA"/>
+    <w:rsid w:val="00F403DE"/>
     <w:rsid w:val="00F45B21"/>
     <w:rsid w:val="00F61621"/>
     <w:rsid w:val="00F660A8"/>
     <w:rsid w:val="00F93138"/>
     <w:rsid w:val="00FA0C62"/>
+    <w:rsid w:val="00FB1F58"/>
     <w:rsid w:val="00FD24FF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="lv-LV"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
+  <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="44C8D828"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{8E883AF9-C509-41D4-841A-2671F4891793}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
         <w:lang w:val="lv-LV" w:eastAsia="lv-LV" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -4142,85 +4290,85 @@
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00A52BBA"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00A52BBA"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="470949467">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1899969912">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -4495,69 +4643,69 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{260695D0-E39B-4E65-9C15-09EEB935A8A3}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>1667</Words>
-  <Characters>951</Characters>
+  <Words>1699</Words>
+  <Characters>969</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>7</Lines>
+  <Lines>8</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Ārstniecības personas iesniegums kvalifikācijas atzīšanai ārvalstīs</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>VI</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2613</CharactersWithSpaces>
+  <CharactersWithSpaces>2663</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Ārstniecības personas iesniegums kvalifikācijas atzīšanai ārvalstīs</dc:title>
   <dc:subject/>
   <dc:creator>dacero</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>